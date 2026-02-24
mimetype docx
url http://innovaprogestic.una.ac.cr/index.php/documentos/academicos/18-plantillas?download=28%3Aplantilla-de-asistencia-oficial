--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -9,11954 +9,5533 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5342DFC9" w14:textId="77777777" w:rsidR="003A1B5F" w:rsidRPr="003A1B5F" w:rsidRDefault="003A1B5F" w:rsidP="003A1B5F">
-[...6 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1816"/>
         <w:tblW w:w="5063" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2339"/>
         <w:gridCol w:w="2432"/>
         <w:gridCol w:w="989"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="2388"/>
         <w:gridCol w:w="767"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001371A0" w:rsidRPr="00ED6A3D" w14:paraId="1271B4CF" w14:textId="77777777" w:rsidTr="00555891">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="00ED6A3D" w14:paraId="73937AD1" w14:textId="77777777" w:rsidTr="00322787">
         <w:trPr>
           <w:trHeight w:val="158"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="802" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47900BAB" w14:textId="77777777" w:rsidR="00AD45C7" w:rsidRPr="00773B21" w:rsidRDefault="00AD45C7" w:rsidP="00AD45C7">
+          <w:p w14:paraId="4701D98F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Responsable</w:t>
             </w:r>
-            <w:r w:rsidR="00773B21">
-[...1 lines deleted...]
-                <w:rStyle w:val="Textoennegrita"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C1C7D4D" w14:textId="77777777" w:rsidR="00AD45C7" w:rsidRPr="00773B21" w:rsidRDefault="00773B21" w:rsidP="00773B21">
+          <w:p w14:paraId="2D041586" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="2063152127" w:edGrp="everyone"/>
-[...2 lines deleted...]
-                <w:rStyle w:val="Textoennegrita"/>
+            <w:permStart w:id="552147566" w:edGrp="everyone"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Cátedra de Ingeniería en Sistemas</w:t>
+              <w:t>x</w:t>
             </w:r>
-            <w:r w:rsidR="00AD45C7" w:rsidRPr="00773B21">
-[...1 lines deleted...]
-                <w:rStyle w:val="Textoennegrita"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>,</w:t>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
-            <w:r w:rsidR="00AD45C7" w:rsidRPr="00773B21">
-[...10 lines deleted...]
-                <w:rStyle w:val="Textoennegrita"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00773B21">
+              <w:rPr>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>académico</w:t>
+              <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00773B21">
-[...19 lines deleted...]
-            <w:permEnd w:id="2063152127"/>
+            <w:permEnd w:id="552147566"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="263" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFFFF89" w14:textId="77777777" w:rsidR="00AD45C7" w:rsidRPr="00773B21" w:rsidRDefault="00AD45C7" w:rsidP="00AD45C7">
+          <w:p w14:paraId="10BA6F9A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fecha:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56FB21AE" w14:textId="1C523142" w:rsidR="00AD45C7" w:rsidRPr="00C67D3D" w:rsidRDefault="00000000" w:rsidP="00AD45C7">
+          <w:p w14:paraId="5B582A14" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00C67D3D" w:rsidRDefault="00000000" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Estilo5"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-248195006"/>
                 <w:placeholder>
-                  <w:docPart w:val="D13CB461505E4852A0C0485E926A65F9"/>
+                  <w:docPart w:val="DB89AC34057F41FB9E6FEFBAD2AAC439"/>
                 </w:placeholder>
-                <w:date w:fullDate="2023-08-25T00:00:00Z">
+                <w:date w:fullDate="2026-01-20T00:00:00Z">
                   <w:dateFormat w:val="dd/MM/yyyy"/>
                   <w:lid w:val="es-CR"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00577E67">
+                <w:r w:rsidR="00E51339">
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>25/08/2023</w:t>
+                  <w:t>20/01/2026</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="Textoennegrita"/>
+              <w:rStyle w:val="Fuerte"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Seleccione el tipo de participante"/>
             <w:tag w:val="Seleccione el tipo de participante"/>
             <w:id w:val="-1678265961"/>
             <w:placeholder>
-              <w:docPart w:val="9BCB1D8176434189873FB2A224A2AD2B"/>
+              <w:docPart w:val="88EDBE9035644D21A67841853FC611B2"/>
             </w:placeholder>
+            <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Elija un elemento."/>
               <w:listItem w:displayText="Lab 1001" w:value="Lab 1001"/>
               <w:listItem w:displayText="Lab 1002" w:value="Lab 1002"/>
               <w:listItem w:displayText="Lab 1003" w:value="Lab 1003"/>
               <w:listItem w:displayText="Lab 1005" w:value="Lab 1005"/>
               <w:listItem w:displayText="Lab 1006" w:value="Lab 1006"/>
               <w:listItem w:displayText="Lab 2001" w:value="Lab 2001"/>
               <w:listItem w:displayText="Aula 2002" w:value="Aula 2002"/>
               <w:listItem w:displayText="Lab 2003" w:value="Lab 2003"/>
               <w:listItem w:displayText="Lab 2004" w:value="Lab 2004"/>
               <w:listItem w:displayText="Lab 2005" w:value="Lab 2005"/>
               <w:listItem w:displayText="Sala 1" w:value="Sala 1"/>
               <w:listItem w:displayText="Sala 2" w:value="Sala 2"/>
               <w:listItem w:displayText="Sala Exdirectores" w:value="Sala Exdirectores"/>
               <w:listItem w:displayText="Emprendimiento" w:value="Emprendimiento"/>
               <w:listItem w:displayText="Sede Central" w:value="Sede Central"/>
               <w:listItem w:displayText="SIUA" w:value="SIUA"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="492" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7B47F43D" w14:textId="77777777" w:rsidR="00AD45C7" w:rsidRPr="00DD6939" w:rsidRDefault="00555891" w:rsidP="00AD45C7">
+              <w:p w14:paraId="605337E0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00DD6939" w:rsidRDefault="00E51339" w:rsidP="00322787">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
-                    <w:rStyle w:val="Textoennegrita"/>
+                    <w:rStyle w:val="Fuerte"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="009C43D2">
                   <w:rPr>
-                    <w:rStyle w:val="Textoennegrita"/>
-[...2 lines deleted...]
-                    <w:szCs w:val="20"/>
+                    <w:rStyle w:val="Textodelmarcadordeposicin"/>
                   </w:rPr>
-                  <w:t>Sede Central</w:t>
+                  <w:t>Elija un elemento.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00555891" w:rsidRPr="00773B21" w14:paraId="33664F87" w14:textId="77777777" w:rsidTr="00555891">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="00773B21" w14:paraId="1D61527B" w14:textId="77777777" w:rsidTr="00322787">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Estilo5"/>
               <w:rFonts w:cs="Calibri"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Seleccione el expositor o quien dirige la actividad"/>
             <w:tag w:val="Seleccione el tipo de participante"/>
             <w:id w:val="1812676263"/>
             <w:placeholder>
-              <w:docPart w:val="40C86EECFF7B4056A61F6B235B05E905"/>
+              <w:docPart w:val="B0D00BD3EA5E4DB5B41C9975D1A9C513"/>
             </w:placeholder>
             <w:dropDownList>
               <w:listItem w:value="Elija un elemento."/>
               <w:listItem w:displayText="A cargo de:" w:value="A cargo de:"/>
               <w:listItem w:displayText="Expositor:" w:value="Expositor:"/>
               <w:listItem w:displayText="Expositora:" w:value="Expositora:"/>
               <w:listItem w:displayText="Expositores" w:value="Expositores"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="802" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2F322B5D" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00555891" w:rsidRDefault="00DB44BA" w:rsidP="00555891">
+              <w:p w14:paraId="7BDB9A16" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00555891" w:rsidRDefault="00E51339" w:rsidP="00322787">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="2921"/>
                   </w:tabs>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Expositores</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1420" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B6512C" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+          <w:p w14:paraId="32B32911" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1754DC47" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+          <w:p w14:paraId="1E3B3A62" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Participantes</w:t>
             </w:r>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Estilo5"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:alias w:val="Seleccione el tipo de participante"/>
             <w:tag w:val="Seleccione el tipo de participante"/>
             <w:id w:val="1552262927"/>
             <w:placeholder>
-              <w:docPart w:val="86B467A96FFC4931A53334D9C3C1EFB3"/>
+              <w:docPart w:val="6C4A2C8CEEC749BA930F355DEFAAEACB"/>
             </w:placeholder>
             <w:dropDownList>
               <w:listItem w:value="Elija un elemento."/>
               <w:listItem w:displayText="Académicos" w:value="Académicos"/>
               <w:listItem w:displayText="Estudiantes" w:value="Estudiantes"/>
               <w:listItem w:displayText="Académicos y estudiantes." w:value="Académicos y estudiantes."/>
               <w:listItem w:displayText="Invitados externos." w:value="Invitados externos."/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="819" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2D935AB9" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+              <w:p w14:paraId="613B86D5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="2921"/>
                   </w:tabs>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Académicos y estudiantes.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="263" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090C3743" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+          <w:p w14:paraId="43B0934A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hora:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34B0C6D4" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+          <w:p w14:paraId="680F45A9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="492" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC88369" w14:textId="77777777" w:rsidR="00555891" w:rsidRPr="00773B21" w:rsidRDefault="00555891" w:rsidP="00555891">
+          <w:p w14:paraId="2CF0650C" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001371A0" w:rsidRPr="00773B21" w14:paraId="47F7FA1A" w14:textId="77777777" w:rsidTr="00534686">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="00773B21" w14:paraId="7302AC1C" w14:textId="77777777" w:rsidTr="00322787">
         <w:trPr>
-          <w:trHeight w:val="157"/>
+          <w:trHeight w:val="68"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="802" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7705B599" w14:textId="77777777" w:rsidR="001371A0" w:rsidRPr="00773B21" w:rsidRDefault="001371A0" w:rsidP="001371A0">
+          <w:p w14:paraId="39A5F959" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
-                <w:rStyle w:val="Textoennegrita"/>
+                <w:rStyle w:val="Fuerte"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Tipo de actividad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Estilo5"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Escoja la opción"/>
             <w:tag w:val="Tipo"/>
             <w:id w:val="1945952750"/>
             <w:placeholder>
-              <w:docPart w:val="C1E2178EC56B42608F3CB241626FDBFE"/>
+              <w:docPart w:val="BE8E9ECE293D43178E23A05D9DE33C42"/>
             </w:placeholder>
             <w:dropDownList>
               <w:listItem w:value="Elija un elemento."/>
               <w:listItem w:displayText="Curricular" w:value="Curricular"/>
               <w:listItem w:displayText="Extracurricular" w:value="Extracurricular"/>
               <w:listItem w:displayText="Reunión" w:value="Reunión"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="834" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="31149A55" w14:textId="77777777" w:rsidR="001371A0" w:rsidRPr="00773B21" w:rsidRDefault="001371A0" w:rsidP="001371A0">
+              <w:p w14:paraId="2F5B9BCE" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="2921"/>
                   </w:tabs>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:bCs w:val="0"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Estilo5"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Extracurricular</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E716A25" w14:textId="77777777" w:rsidR="001371A0" w:rsidRPr="00773B21" w:rsidRDefault="001371A0" w:rsidP="001371A0">
+          <w:p w14:paraId="68750AD2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Objetivo</w:t>
             </w:r>
             <w:r w:rsidRPr="00773B21">
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3025" w:type="pct"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60020147" w14:textId="77777777" w:rsidR="001371A0" w:rsidRPr="00773B21" w:rsidRDefault="001371A0" w:rsidP="001371A0">
+          <w:p w14:paraId="6D2D0416" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00773B21" w:rsidRDefault="00E51339" w:rsidP="00322787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2921"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rStyle w:val="Estilo5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2761"/>
+        <w:tblStyle w:val="Tablaconcuadrcula4-nfasis1"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3673"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblBorders>
-[...2961 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="872"/>
-        <w:gridCol w:w="4075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3049"/>
+        <w:gridCol w:w="4072"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="3197"/>
+        <w:gridCol w:w="3048"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="0098D3A0" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="501570B3" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="551"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="pct"/>
+            <w:tcW w:w="1718" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="793DB3A9" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="005A0ECA" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="59596A7D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="005A0ECA" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2599"/>
                 <w:tab w:val="center" w:pos="4624"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>NOMBRE COMPLETO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1110" w:type="pct"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="4F22435E" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="005A0ECA" w:rsidRDefault="00825996" w:rsidP="00825996">
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="56572363" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="005A0ECA" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2599"/>
                 <w:tab w:val="center" w:pos="4624"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CÉDULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1110" w:type="pct"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="707F596B" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="005A0ECA" w:rsidRDefault="00825996" w:rsidP="00825996">
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F56EF8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="005A0ECA" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2599"/>
                 <w:tab w:val="center" w:pos="4624"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CORREO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="609649C4" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="005A0ECA" w:rsidRDefault="008E1A74" w:rsidP="00825996">
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAF1069" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="005A0ECA" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2599"/>
                 <w:tab w:val="center" w:pos="4624"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>FIRMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="4806CE88" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="6D4A13F1" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="619153B9" w14:textId="1D7C4363" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="pct"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="227C0306" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F45D21A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="pct"/>
-            <w:tcBorders>
-[...55 lines deleted...]
-          <w:p w14:paraId="1B9F442A" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="5499E684" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2D4333" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7677CEEB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="3071B5E9" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="758923BF" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...115 lines deleted...]
-          <w:p w14:paraId="1ACC7358" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="4DEBE715" w14:textId="4331F319" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0CE512" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBCD893" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACD751E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0712C12A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="360A2503" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="3DB8A580" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...116 lines deleted...]
-          <w:p w14:paraId="405C753B" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="292D5F22" w14:textId="6E47E085" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA761DC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C620BD7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="686D058E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="397AF93F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="76F65FA1" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="5F347B8D" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...115 lines deleted...]
-          <w:p w14:paraId="449A853D" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="6FB20181" w14:textId="567D315F" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF0A22F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8AA358" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA91846" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B14FCD7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="310F6189" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="77692E63" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...116 lines deleted...]
-          <w:p w14:paraId="5C151D3C" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="7B74B9F1" w14:textId="1BDBE873" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="480E5E11" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3B9468" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB938A5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBEC3C4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="527FEA04" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="0A4A5F3F" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...115 lines deleted...]
-          <w:p w14:paraId="0A2542CA" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="1925734B" w14:textId="5E713C92" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC4CA4E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3491E5CF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C29F703" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F60C80" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="705FED80" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="624D7A3D" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...116 lines deleted...]
-          <w:p w14:paraId="428E83B7" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="6234B812" w14:textId="392DA11B" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B866F9F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F74DB84" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="111605A3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E2F7EA" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="4362F53A" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="20B8B08C" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...115 lines deleted...]
-          <w:p w14:paraId="29412631" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="515752C5" w14:textId="268A4A26" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0F3CE4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="499FAAD4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D69631B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0BBF5A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="5C22E9CA" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="530F6417" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...116 lines deleted...]
-          <w:p w14:paraId="09B0BBD7" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="68599DF5" w14:textId="224B5645" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="510DBB8F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E14AF2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C04F244" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CEF810" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="61B0D026" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="2CC1E132" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="1182CAF5" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="107F9DE0" w14:textId="3F394CF7" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD853D9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="28156B86" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CAB64A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C02114" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="2B1AB7D4" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="39233AA6" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-          <w:p w14:paraId="3660654B" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="24E9086B" w14:textId="144A668A" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF4AEC4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E14A07" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E1CA8E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="69248585" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="4AD990E0" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="1FB48245" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="265CA2AD" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="178DCB66" w14:textId="054C8890" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C0BA68" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBC0405" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F2FE4B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35127237" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="16F858D8" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="1DD126E3" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-          <w:p w14:paraId="362DD2AF" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="6AF6662F" w14:textId="641FBA47" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BB001B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FFB5FE" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF5B53B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="763657BF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="62203DEA" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="6D96A8C6" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="2D9256FF" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="7BCD8689" w14:textId="303A17F3" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AF3F31" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C17F35F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE062AC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44362E2F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="2B7C5A11" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="2997FD0B" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-          <w:p w14:paraId="3F8D517F" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="47D59CC1" w14:textId="3FB59D2B" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EB7672" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2BE78E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5EFAE5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CBE187" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="5302F585" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="6FAEC343" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="6C7B589A" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="46D3525B" w14:textId="355B56EF" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="340B5236" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="315DC3B3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75297AF2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="535E9CB6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="5CEE1642" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="13BF9FFF" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-          <w:p w14:paraId="79EEE5AD" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="1E85D6AE" w14:textId="0C22E046" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F899613" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4F079B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE3A1B1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBF0215" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="667E243F" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="64067072" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="1ACDDC03" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="3969AE3D" w14:textId="3102A1EA" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="264E2145" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5F1601" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DBF835" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CDECE8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="45B1ACBA" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="65EDB34D" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...109 lines deleted...]
-          <w:p w14:paraId="03894F3E" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="6614C264" w14:textId="4D0A6898" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="457275A2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="531792A1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A610EF8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="088809D4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00825996" w:rsidRPr="003A1B5F" w14:paraId="675E8870" w14:textId="77777777" w:rsidTr="00945927">
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="44BD24BF" w14:textId="77777777" w:rsidTr="00E51339">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="pct"/>
-            <w:tcBorders>
-[...108 lines deleted...]
-          <w:p w14:paraId="1013EC57" w14:textId="77777777" w:rsidR="00825996" w:rsidRPr="003A1B5F" w:rsidRDefault="00825996" w:rsidP="00825996">
+          </w:tcPr>
+          <w:p w14:paraId="6B046E08" w14:textId="235B8036" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FE19AD" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="662BC38F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FA2A41" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1333C945" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="7F925839" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6611E887" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5812820C" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5913DBA0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DD7E16" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="713B0095" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="6B62E83F" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="647BEF26" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="019272E1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4DCEB1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FF5BE8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70759F08" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="4B473431" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="626E5196" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3CCE25" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BD356F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B7D4EA" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="086FFCF0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="44743F5C" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D6B9D3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A3B4C2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5A5FE7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1DEA32" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AE72BB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="4F9494CA" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFF3102" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3507C08A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="05724B6C" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC4272F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1FEB59" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="15AD4B7E" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E258F7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7BC336" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FCD366" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6646AF4B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BFB5C6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="097D5C18" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB36238" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CBCD06" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="76850803" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68915B11" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5F7E4F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="7C7EDF38" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBF2F17" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7E5B13" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C78B9F4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E827525" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD4EC6D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="675CCA38" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AA5829" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704D670" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA373B5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9ACB9B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5981E5E1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="70422AE2" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B8727F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="530D2709" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9F6740" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1048DA12" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E29385" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="369064E5" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="676431B7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D4260E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC4A222" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="548CAAEC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3385FEE5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="1DAC035A" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CAF902" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BF7D98" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77420F13" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C494A75" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BA3C66" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="5F5FAC87" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2469F72F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="103C87F0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D37CF0F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="610F8096" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC4EA5D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="62843A46" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB50B2E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7A9D2F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79ECD3C3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D84C8D1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A18BFD6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="7C9318E7" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F095AF1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F28C77" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1803A4EC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDAB698" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="079BBC4A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="43656F6F" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE87C7C" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FC5E56" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BBF96A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="515C07C3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A29CC7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="5D082CDB" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7A1D7D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCA497B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3471E44D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1050380A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="708297D8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="23F2FBD4" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFC0FA1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F07AAA" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9EAA2A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F3085E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5694C268" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="105DEBC9" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F3B824" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEC26CD" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10996BA1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C2BB34" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1194B12E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="76A35D01" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3393C7BB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="476212F2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="187DA8BB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BEC71B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE920FC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="5D3B4D58" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1394884D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="443DA872" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C73F948" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="582EE6CB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A58D6F6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="31F14E91" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F46383F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E8CAA9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B3BD64" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7572E1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC4FB81" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="1EDE906F" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AEAF7F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="508F6098" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27798FAC" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8974E6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D569D55" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="58386266" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17650D36" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB87F56" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F9D69B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AAB7A9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7154AB31" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="4BB7EF3F" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="12420CDF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF47DA3" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="608499A6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A07616D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6831708E" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="0B5AEBC9" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED2C95D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2783D5BF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07ABB5AA" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6164F3DA" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EBDBC4" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="36728226" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="119A8B00" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D32FA0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D708E7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="047D88D2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF6A05A" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="36F6F968" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32568D54" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D789AD2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D832D2" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F227589" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803DB0B" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="3CD43B8B" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E90629F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6424493F" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1AEDC5" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="27209062" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="274FD612" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="673BAB65" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E250EB" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4717FF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E705633" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A79DB8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="775A88B6" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="070AEC3D" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D58C860" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="020BF2A8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F68BA2D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBB0B19" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A571C9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="501C1DA4" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3CA5E8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B588C1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4C14ED" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CBA681" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BF9DF9" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="04DF14A6" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C50DE08" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35629FDD" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="239BBBA7" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="287AAB65" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="050DFE3D" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="409219F7" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="773904B8" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="61770193" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8452A0" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48627F05" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AFB3D1" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51339" w:rsidRPr="003A1B5F" w14:paraId="5D0191A9" w14:textId="77777777" w:rsidTr="00E51339">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F58CA43" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="00E51339" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1415" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C543DEF" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D8F29C" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1111" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE01D06" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC61432" w14:textId="77777777" w:rsidR="00E51339" w:rsidRPr="003A1B5F" w:rsidRDefault="00E51339" w:rsidP="00E51339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30A531CA" w14:textId="77777777" w:rsidR="00054D37" w:rsidRDefault="00054D37" w:rsidP="0092171D">
+    <w:p w14:paraId="0C74FB1F" w14:textId="2A151BD5" w:rsidR="00E51339" w:rsidRDefault="00E51339" w:rsidP="0092171D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C73EAF3" w14:textId="77777777" w:rsidR="00054D37" w:rsidRDefault="00054D37">
+    <w:p w14:paraId="1EDE2646" w14:textId="77777777" w:rsidR="00E51339" w:rsidRDefault="00E51339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="00E51339" w:rsidSect="00E272D6">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="142" w:left="720" w:header="624" w:footer="850" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...2722 lines deleted...]
-    <w:p w14:paraId="3B87E30D" w14:textId="77777777" w:rsidR="0092171D" w:rsidRDefault="0092171D" w:rsidP="0092171D">
+    <w:p w14:paraId="06D97919" w14:textId="650228A5" w:rsidR="00E51339" w:rsidRDefault="00E51339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DAA51E9" w14:textId="4DA59998" w:rsidR="00E51339" w:rsidRDefault="00E51339" w:rsidP="0092171D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="671E321A" w14:textId="77777777" w:rsidR="009D35AB" w:rsidRDefault="009D35AB" w:rsidP="0092171D">
+    <w:p w14:paraId="47E23F5C" w14:textId="77777777" w:rsidR="009D35AB" w:rsidRDefault="009D35AB" w:rsidP="0092171D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C74FB1F" w14:textId="77777777" w:rsidR="009D35AB" w:rsidRDefault="009D35AB" w:rsidP="0092171D">
+    <w:p w14:paraId="5E405669" w14:textId="77777777" w:rsidR="009D35AB" w:rsidRPr="0092171D" w:rsidRDefault="009D35AB" w:rsidP="0092171D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2730 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="009D35AB" w:rsidRPr="0092171D" w:rsidSect="00E51339">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="142" w:left="720" w:header="624" w:footer="850" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08DE4D48" w14:textId="77777777" w:rsidR="002C3F92" w:rsidRDefault="002C3F92" w:rsidP="00CC45F5">
+    <w:p w14:paraId="6C370D64" w14:textId="77777777" w:rsidR="00122B94" w:rsidRDefault="00122B94" w:rsidP="00CC45F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A70760F" w14:textId="77777777" w:rsidR="002C3F92" w:rsidRDefault="002C3F92" w:rsidP="00CC45F5">
+    <w:p w14:paraId="656FCED0" w14:textId="77777777" w:rsidR="00122B94" w:rsidRDefault="00122B94" w:rsidP="00CC45F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11966,76 +5545,76 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="068F6178" w14:textId="77777777" w:rsidR="002C3F92" w:rsidRDefault="002C3F92" w:rsidP="00CC45F5">
+    <w:p w14:paraId="792124A2" w14:textId="77777777" w:rsidR="00122B94" w:rsidRDefault="00122B94" w:rsidP="00CC45F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66533E32" w14:textId="77777777" w:rsidR="002C3F92" w:rsidRDefault="002C3F92" w:rsidP="00CC45F5">
+    <w:p w14:paraId="6FA8AF3A" w14:textId="77777777" w:rsidR="00122B94" w:rsidRDefault="00122B94" w:rsidP="00CC45F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A2DCB10" w14:textId="77777777" w:rsidR="00BD0E4B" w:rsidRDefault="00BD0E4B" w:rsidP="00DE7833">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4419"/>
         <w:tab w:val="clear" w:pos="8838"/>
         <w:tab w:val="left" w:pos="3740"/>
       </w:tabs>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="59D3F822" w14:textId="77777777" w:rsidR="00BD0E4B" w:rsidRDefault="00BD0E4B" w:rsidP="00DE7833">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4419"/>
         <w:tab w:val="clear" w:pos="8838"/>
         <w:tab w:val="left" w:pos="3740"/>
       </w:tabs>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="33E30998" w14:textId="77777777" w:rsidR="00BD0E4B" w:rsidRDefault="00E272D6" w:rsidP="00E272D6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4419"/>
@@ -12058,51 +5637,50 @@
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3676"/>
       <w:gridCol w:w="9072"/>
       <w:gridCol w:w="1701"/>
     </w:tblGrid>
     <w:tr w:rsidR="006E40ED" w:rsidRPr="003A1B5F" w14:paraId="3D24491E" w14:textId="77777777" w:rsidTr="00577E67">
       <w:trPr>
         <w:trHeight w:val="1312"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3676" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="27F3CC82" w14:textId="014923D1" w:rsidR="00A613DC" w:rsidRDefault="00577E67" w:rsidP="00A613DC">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:ind w:left="-120"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D8F54E5" wp14:editId="2B8350A2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>993140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>36830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="770255" cy="802640"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
@@ -12213,141 +5791,139 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p w14:paraId="4EF96B38" w14:textId="77777777" w:rsidR="00BD0E4B" w:rsidRPr="00A613DC" w:rsidRDefault="00BD0E4B" w:rsidP="00A613DC">
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9072" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="519334EF" w14:textId="77777777" w:rsidR="00656EA3" w:rsidRPr="00964824" w:rsidRDefault="00AA191D" w:rsidP="000B1148">
           <w:pPr>
             <w:spacing w:after="0"/>
             <w:ind w:left="-102" w:right="-102"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="32"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA191D">
             <w:rPr>
               <w:rStyle w:val="Estilo4"/>
               <w:b/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Actividad: </w:t>
           </w:r>
           <w:r w:rsidR="00442266">
             <w:rPr>
               <w:rStyle w:val="Estilo4"/>
               <w:b/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r w:rsidR="00555891">
             <w:rPr>
               <w:rStyle w:val="Estilo4"/>
               <w:b/>
             </w:rPr>
             <w:t>“”</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1701" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="17629CC1" w14:textId="77777777" w:rsidR="00BD0E4B" w:rsidRPr="00A40EAF" w:rsidRDefault="00BD0E4B" w:rsidP="003A1B5F">
           <w:pPr>
             <w:pStyle w:val="Sinespaciado"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A40EAF">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Registro de Firmas</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3415D5CC" w14:textId="77777777" w:rsidR="00CC45F5" w:rsidRPr="000F4D80" w:rsidRDefault="00DE7833" w:rsidP="00DE7833">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4419"/>
         <w:tab w:val="clear" w:pos="8838"/>
         <w:tab w:val="left" w:pos="3740"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01584873"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B661EEE"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12567,50 +6143,136 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B28135C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC867518"/>
+    <w:lvl w:ilvl="0" w:tplc="140A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E8807AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D34D6AC"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12679,51 +6341,51 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29585369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A30EC03C"/>
     <w:lvl w:ilvl="0" w:tplc="35A0B382">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12793,51 +6455,51 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34497FA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECBC715A"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12906,51 +6568,51 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EC41D9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22AA187E"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13019,51 +6681,51 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71DB1E5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CE86AB6"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13132,51 +6794,137 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77E57107"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1F40518"/>
+    <w:lvl w:ilvl="0" w:tplc="140A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F122C7D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FEBC32E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -13245,51 +6993,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9260F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52F4AFDA"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13359,126 +7107,134 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1966957402">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1789351226">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1760448582">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1789351226">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="4" w16cid:durableId="1412577742">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1487278072">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="187523426">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="415901638">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2092120302">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="244389325">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1577125051">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1886411040">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="comments" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE271B"/>
     <w:rsid w:val="00013A52"/>
     <w:rsid w:val="00027179"/>
     <w:rsid w:val="00045804"/>
     <w:rsid w:val="00050ECE"/>
     <w:rsid w:val="00054D37"/>
+    <w:rsid w:val="00055E05"/>
     <w:rsid w:val="00080BAA"/>
     <w:rsid w:val="0008659B"/>
     <w:rsid w:val="00091719"/>
     <w:rsid w:val="000A0781"/>
     <w:rsid w:val="000B1148"/>
     <w:rsid w:val="000C36D9"/>
     <w:rsid w:val="000C54B3"/>
     <w:rsid w:val="000D4F2E"/>
     <w:rsid w:val="000D75EC"/>
     <w:rsid w:val="000F4D80"/>
     <w:rsid w:val="000F5EEC"/>
     <w:rsid w:val="00113F9C"/>
+    <w:rsid w:val="00122B94"/>
     <w:rsid w:val="001333A1"/>
     <w:rsid w:val="001371A0"/>
     <w:rsid w:val="001667C1"/>
     <w:rsid w:val="00172AB0"/>
     <w:rsid w:val="001912ED"/>
     <w:rsid w:val="001D57EC"/>
     <w:rsid w:val="001E322F"/>
     <w:rsid w:val="002204E6"/>
     <w:rsid w:val="00222542"/>
     <w:rsid w:val="00224D05"/>
     <w:rsid w:val="00226083"/>
     <w:rsid w:val="00263B02"/>
     <w:rsid w:val="00267EA3"/>
     <w:rsid w:val="00273547"/>
     <w:rsid w:val="00277424"/>
     <w:rsid w:val="00280ADF"/>
     <w:rsid w:val="0029114B"/>
     <w:rsid w:val="002B211D"/>
     <w:rsid w:val="002B6DD6"/>
     <w:rsid w:val="002C3F92"/>
     <w:rsid w:val="002C6ADF"/>
     <w:rsid w:val="002D0016"/>
     <w:rsid w:val="002D1211"/>
     <w:rsid w:val="002D53E1"/>
     <w:rsid w:val="002F2171"/>
@@ -13499,84 +7255,87 @@
     <w:rsid w:val="00424DA3"/>
     <w:rsid w:val="00426835"/>
     <w:rsid w:val="004346F6"/>
     <w:rsid w:val="00442266"/>
     <w:rsid w:val="004437EE"/>
     <w:rsid w:val="004450A5"/>
     <w:rsid w:val="004459F8"/>
     <w:rsid w:val="00452185"/>
     <w:rsid w:val="00464291"/>
     <w:rsid w:val="00464D99"/>
     <w:rsid w:val="00466366"/>
     <w:rsid w:val="004712DC"/>
     <w:rsid w:val="004738A5"/>
     <w:rsid w:val="004821EC"/>
     <w:rsid w:val="00485363"/>
     <w:rsid w:val="004E41A2"/>
     <w:rsid w:val="004F296C"/>
     <w:rsid w:val="0051332A"/>
     <w:rsid w:val="00521B16"/>
     <w:rsid w:val="00522488"/>
     <w:rsid w:val="00533230"/>
     <w:rsid w:val="00534686"/>
     <w:rsid w:val="00555891"/>
     <w:rsid w:val="005673A2"/>
     <w:rsid w:val="00577E67"/>
+    <w:rsid w:val="00591E0C"/>
     <w:rsid w:val="005A0ECA"/>
+    <w:rsid w:val="005A437B"/>
     <w:rsid w:val="005A5C94"/>
     <w:rsid w:val="005B40E4"/>
     <w:rsid w:val="005D0733"/>
     <w:rsid w:val="005D6DDF"/>
     <w:rsid w:val="005E6189"/>
     <w:rsid w:val="005F654F"/>
     <w:rsid w:val="006140C4"/>
     <w:rsid w:val="0062395A"/>
     <w:rsid w:val="00635858"/>
     <w:rsid w:val="00636D88"/>
     <w:rsid w:val="00650235"/>
     <w:rsid w:val="0065148D"/>
     <w:rsid w:val="00656EA3"/>
     <w:rsid w:val="006613A0"/>
     <w:rsid w:val="006638CA"/>
     <w:rsid w:val="006702DF"/>
     <w:rsid w:val="006913FB"/>
     <w:rsid w:val="00691A25"/>
     <w:rsid w:val="00693E64"/>
     <w:rsid w:val="006B09DE"/>
     <w:rsid w:val="006B24EA"/>
     <w:rsid w:val="006D0410"/>
     <w:rsid w:val="006E40ED"/>
     <w:rsid w:val="00705407"/>
     <w:rsid w:val="007367E6"/>
     <w:rsid w:val="007417AB"/>
     <w:rsid w:val="007457A9"/>
     <w:rsid w:val="00747CEB"/>
     <w:rsid w:val="00751A43"/>
     <w:rsid w:val="007645D9"/>
     <w:rsid w:val="00773B21"/>
     <w:rsid w:val="007B0A13"/>
     <w:rsid w:val="007B0AD1"/>
+    <w:rsid w:val="007E47E3"/>
     <w:rsid w:val="007F13A4"/>
     <w:rsid w:val="0080067B"/>
     <w:rsid w:val="008050C1"/>
     <w:rsid w:val="00825996"/>
     <w:rsid w:val="00831004"/>
     <w:rsid w:val="008314EC"/>
     <w:rsid w:val="008612DA"/>
     <w:rsid w:val="00866556"/>
     <w:rsid w:val="0087304C"/>
     <w:rsid w:val="008902D3"/>
     <w:rsid w:val="00892163"/>
     <w:rsid w:val="008A6EF9"/>
     <w:rsid w:val="008B433E"/>
     <w:rsid w:val="008C299A"/>
     <w:rsid w:val="008E1A74"/>
     <w:rsid w:val="00907A87"/>
     <w:rsid w:val="0092171D"/>
     <w:rsid w:val="00945927"/>
     <w:rsid w:val="009555A1"/>
     <w:rsid w:val="00957790"/>
     <w:rsid w:val="00962EE1"/>
     <w:rsid w:val="00964824"/>
     <w:rsid w:val="00973D76"/>
     <w:rsid w:val="009A487D"/>
     <w:rsid w:val="009B5AEB"/>
@@ -13639,50 +7398,51 @@
     <w:rsid w:val="00D1181A"/>
     <w:rsid w:val="00D1688A"/>
     <w:rsid w:val="00D2095E"/>
     <w:rsid w:val="00D25CCA"/>
     <w:rsid w:val="00D33497"/>
     <w:rsid w:val="00D51B52"/>
     <w:rsid w:val="00D9556D"/>
     <w:rsid w:val="00D9629D"/>
     <w:rsid w:val="00DA45C4"/>
     <w:rsid w:val="00DA4989"/>
     <w:rsid w:val="00DA6557"/>
     <w:rsid w:val="00DB2973"/>
     <w:rsid w:val="00DB44BA"/>
     <w:rsid w:val="00DB7D65"/>
     <w:rsid w:val="00DE4DF2"/>
     <w:rsid w:val="00DE7833"/>
     <w:rsid w:val="00DE7FB3"/>
     <w:rsid w:val="00DF5374"/>
     <w:rsid w:val="00DF7480"/>
     <w:rsid w:val="00E1472C"/>
     <w:rsid w:val="00E272D6"/>
     <w:rsid w:val="00E32323"/>
     <w:rsid w:val="00E328E3"/>
     <w:rsid w:val="00E42529"/>
     <w:rsid w:val="00E450D7"/>
+    <w:rsid w:val="00E51339"/>
     <w:rsid w:val="00E67062"/>
     <w:rsid w:val="00E85FE7"/>
     <w:rsid w:val="00E96970"/>
     <w:rsid w:val="00EA1DDE"/>
     <w:rsid w:val="00EA7C0D"/>
     <w:rsid w:val="00EB6EAD"/>
     <w:rsid w:val="00EB7441"/>
     <w:rsid w:val="00EB7581"/>
     <w:rsid w:val="00ED6A3D"/>
     <w:rsid w:val="00ED717D"/>
     <w:rsid w:val="00EF3C96"/>
     <w:rsid w:val="00F15413"/>
     <w:rsid w:val="00F3240B"/>
     <w:rsid w:val="00F3296E"/>
     <w:rsid w:val="00F40931"/>
     <w:rsid w:val="00F43313"/>
     <w:rsid w:val="00F46EB5"/>
     <w:rsid w:val="00F8461C"/>
     <w:rsid w:val="00F859A4"/>
     <w:rsid w:val="00F9125E"/>
     <w:rsid w:val="00F91B92"/>
     <w:rsid w:val="00FA3ACE"/>
     <w:rsid w:val="00FA6A3D"/>
     <w:rsid w:val="00FB366E"/>
     <w:rsid w:val="00FE3266"/>
@@ -13694,51 +7454,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="778EF7F4"/>
   <w15:docId w15:val="{DAF9AA3B-1712-40C6-A1C9-EA158669DAFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-CR" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14309,53 +8069,50 @@
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:trPr>
-[...1 lines deleted...]
-    </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CC45F5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
@@ -14380,163 +8137,142 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CC45F5"/>
   </w:style>
   <w:style w:type="table" w:styleId="Cuadrculaclara-nfasis1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00CC45F5"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:trPr>
-[...1 lines deleted...]
-    </w:trPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
-      <w:trPr>
-[...1 lines deleted...]
-      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC45F5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
@@ -14552,51 +8288,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC45F5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00080BAA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00080BAA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00080BAA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
@@ -14990,55 +8726,253 @@
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Estilo7">
     <w:name w:val="Estilo7"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00CF5605"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00464D99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula1clara-nfasis5">
+    <w:name w:val="Grid Table 1 Light Accent 5"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00E51339"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabladelista4-nfasis1">
+    <w:name w:val="List Table 4 Accent 1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00E51339"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula4-nfasis1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00E51339"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="835456423">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1297488482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15059,375 +8993,386 @@
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Admin\Desktop\PLantilla%20asistencia%20de%20eventos.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D13CB461505E4852A0C0485E926A65F9"/>
+        <w:name w:val="DB89AC34057F41FB9E6FEFBAD2AAC439"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{02009941-8455-4A89-A787-35E2AFE41694}"/>
+        <w:guid w:val="{CE129DC3-F4B7-4D39-99C5-7F9B03DDE0F8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007019C0" w:rsidRDefault="008C196F" w:rsidP="008C196F">
+        <w:p w:rsidR="00A17ADA" w:rsidRDefault="00AE131B" w:rsidP="00AE131B">
           <w:pPr>
-            <w:pStyle w:val="D13CB461505E4852A0C0485E926A65F9"/>
+            <w:pStyle w:val="DB89AC34057F41FB9E6FEFBAD2AAC439"/>
           </w:pPr>
           <w:r w:rsidRPr="00F63FB6">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic aquí para escribir una fecha.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9BCB1D8176434189873FB2A224A2AD2B"/>
+        <w:name w:val="88EDBE9035644D21A67841853FC611B2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3DD45C07-8731-4754-A3F9-E3AB5737E0B1}"/>
+        <w:guid w:val="{CA750C3A-9074-4165-BC39-CF8596D3DA1B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007019C0" w:rsidRDefault="008C196F" w:rsidP="008C196F">
+        <w:p w:rsidR="00A17ADA" w:rsidRDefault="00AE131B" w:rsidP="00AE131B">
           <w:pPr>
-            <w:pStyle w:val="9BCB1D8176434189873FB2A224A2AD2B"/>
+            <w:pStyle w:val="88EDBE9035644D21A67841853FC611B2"/>
           </w:pPr>
           <w:r w:rsidRPr="009C43D2">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C1E2178EC56B42608F3CB241626FDBFE"/>
+        <w:name w:val="B0D00BD3EA5E4DB5B41C9975D1A9C513"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{78CF2B39-6FB0-4FE2-AFAD-14256DC5E2A8}"/>
+        <w:guid w:val="{33E0F8C1-DA30-476A-BF25-279901A4A927}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00224095" w:rsidRDefault="00C805A4" w:rsidP="00C805A4">
+        <w:p w:rsidR="00A17ADA" w:rsidRDefault="00AE131B" w:rsidP="00AE131B">
           <w:pPr>
-            <w:pStyle w:val="C1E2178EC56B42608F3CB241626FDBFE"/>
+            <w:pStyle w:val="B0D00BD3EA5E4DB5B41C9975D1A9C513"/>
           </w:pPr>
           <w:r w:rsidRPr="009C43D2">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="40C86EECFF7B4056A61F6B235B05E905"/>
+        <w:name w:val="6C4A2C8CEEC749BA930F355DEFAAEACB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FEC9FDEE-8CEF-431A-97FF-AE9C91D05172}"/>
+        <w:guid w:val="{E429288D-4C5F-4207-BDE1-A7C2FCAD4FE2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00485FA6" w:rsidRDefault="00224095" w:rsidP="00224095">
+        <w:p w:rsidR="00A17ADA" w:rsidRDefault="00AE131B" w:rsidP="00AE131B">
           <w:pPr>
-            <w:pStyle w:val="40C86EECFF7B4056A61F6B235B05E905"/>
+            <w:pStyle w:val="6C4A2C8CEEC749BA930F355DEFAAEACB"/>
           </w:pPr>
           <w:r w:rsidRPr="009C43D2">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="86B467A96FFC4931A53334D9C3C1EFB3"/>
+        <w:name w:val="BE8E9ECE293D43178E23A05D9DE33C42"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{69669B58-0586-4302-BE99-C0DF9431F34F}"/>
+        <w:guid w:val="{708C8CA7-2072-45D1-8341-394FE7CB74AF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00485FA6" w:rsidRDefault="00224095" w:rsidP="00224095">
+        <w:p w:rsidR="00A17ADA" w:rsidRDefault="00AE131B" w:rsidP="00AE131B">
           <w:pPr>
-            <w:pStyle w:val="86B467A96FFC4931A53334D9C3C1EFB3"/>
+            <w:pStyle w:val="BE8E9ECE293D43178E23A05D9DE33C42"/>
           </w:pPr>
           <w:r w:rsidRPr="009C43D2">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E7687E"/>
     <w:rsid w:val="000079CB"/>
     <w:rsid w:val="0003730C"/>
     <w:rsid w:val="00054B11"/>
     <w:rsid w:val="00080404"/>
     <w:rsid w:val="000906B5"/>
     <w:rsid w:val="000A4896"/>
     <w:rsid w:val="000C6806"/>
     <w:rsid w:val="000D3CEA"/>
     <w:rsid w:val="00162CF2"/>
     <w:rsid w:val="00170CAD"/>
     <w:rsid w:val="00195E62"/>
     <w:rsid w:val="001A309D"/>
     <w:rsid w:val="001A40B7"/>
     <w:rsid w:val="00224095"/>
     <w:rsid w:val="002A3623"/>
     <w:rsid w:val="002D6867"/>
     <w:rsid w:val="002F1202"/>
     <w:rsid w:val="002F537B"/>
     <w:rsid w:val="003C09E6"/>
     <w:rsid w:val="003D6CBE"/>
     <w:rsid w:val="00437B16"/>
     <w:rsid w:val="00450B54"/>
     <w:rsid w:val="00457E08"/>
     <w:rsid w:val="00485FA6"/>
     <w:rsid w:val="00491071"/>
     <w:rsid w:val="004B04F1"/>
     <w:rsid w:val="004B321C"/>
     <w:rsid w:val="004D4B9F"/>
     <w:rsid w:val="004F4FFE"/>
     <w:rsid w:val="00534058"/>
+    <w:rsid w:val="005A437B"/>
     <w:rsid w:val="005B198F"/>
     <w:rsid w:val="005B6124"/>
     <w:rsid w:val="005D055F"/>
     <w:rsid w:val="005D44DA"/>
     <w:rsid w:val="0060260E"/>
+    <w:rsid w:val="00645528"/>
     <w:rsid w:val="0065229B"/>
+    <w:rsid w:val="00654400"/>
     <w:rsid w:val="00683C79"/>
     <w:rsid w:val="006D0FC7"/>
     <w:rsid w:val="006D6698"/>
     <w:rsid w:val="007019C0"/>
     <w:rsid w:val="00731F0F"/>
     <w:rsid w:val="00741929"/>
     <w:rsid w:val="007553A6"/>
     <w:rsid w:val="007574A6"/>
     <w:rsid w:val="00761110"/>
+    <w:rsid w:val="007E47E3"/>
     <w:rsid w:val="00816535"/>
     <w:rsid w:val="008A1ADA"/>
     <w:rsid w:val="008B06FF"/>
     <w:rsid w:val="008C196F"/>
     <w:rsid w:val="008E763A"/>
     <w:rsid w:val="00935E9A"/>
     <w:rsid w:val="00956FDF"/>
     <w:rsid w:val="00962CFD"/>
     <w:rsid w:val="009859FC"/>
     <w:rsid w:val="009B20D2"/>
     <w:rsid w:val="009B2896"/>
     <w:rsid w:val="009B2C8B"/>
     <w:rsid w:val="00A026FC"/>
+    <w:rsid w:val="00A17ADA"/>
     <w:rsid w:val="00A24DD7"/>
     <w:rsid w:val="00A34E88"/>
+    <w:rsid w:val="00AE131B"/>
     <w:rsid w:val="00B21B6A"/>
     <w:rsid w:val="00B620F8"/>
     <w:rsid w:val="00C805A4"/>
     <w:rsid w:val="00C943D4"/>
     <w:rsid w:val="00D30DE7"/>
     <w:rsid w:val="00D625B6"/>
     <w:rsid w:val="00E07CC0"/>
     <w:rsid w:val="00E42688"/>
     <w:rsid w:val="00E5572F"/>
     <w:rsid w:val="00E7687E"/>
     <w:rsid w:val="00EB61A1"/>
     <w:rsid w:val="00EC4D72"/>
     <w:rsid w:val="00ED006D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CR" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15812,95 +9757,125 @@
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00224095"/>
+    <w:rsid w:val="00AE131B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D13CB461505E4852A0C0485E926A65F9">
-[...1 lines deleted...]
-    <w:rsid w:val="008C196F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB89AC34057F41FB9E6FEFBAD2AAC439">
+    <w:name w:val="DB89AC34057F41FB9E6FEFBAD2AAC439"/>
+    <w:rsid w:val="00AE131B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9BCB1D8176434189873FB2A224A2AD2B">
-[...1 lines deleted...]
-    <w:rsid w:val="008C196F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88EDBE9035644D21A67841853FC611B2">
+    <w:name w:val="88EDBE9035644D21A67841853FC611B2"/>
+    <w:rsid w:val="00AE131B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1E2178EC56B42608F3CB241626FDBFE">
-[...1 lines deleted...]
-    <w:rsid w:val="00C805A4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0D00BD3EA5E4DB5B41C9975D1A9C513">
+    <w:name w:val="B0D00BD3EA5E4DB5B41C9975D1A9C513"/>
+    <w:rsid w:val="00AE131B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40C86EECFF7B4056A61F6B235B05E905">
-[...1 lines deleted...]
-    <w:rsid w:val="00224095"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C4A2C8CEEC749BA930F355DEFAAEACB">
+    <w:name w:val="6C4A2C8CEEC749BA930F355DEFAAEACB"/>
+    <w:rsid w:val="00AE131B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86B467A96FFC4931A53334D9C3C1EFB3">
-[...1 lines deleted...]
-    <w:rsid w:val="00224095"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE8E9ECE293D43178E23A05D9DE33C42">
+    <w:name w:val="BE8E9ECE293D43178E23A05D9DE33C42"/>
+    <w:rsid w:val="00AE131B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -16167,69 +10142,69 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58628676-61A0-4FFD-8954-9CB3AC6AE94D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PLantilla asistencia de eventos</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>915</Characters>
+  <Pages>3</Pages>
+  <Words>78</Words>
+  <Characters>330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>301</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Actividad: "Reunión Sedes IC 2018”.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1079</CharactersWithSpaces>
+  <CharactersWithSpaces>391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Actividad: "Reunión Sedes IC 2018”.</dc:title>
   <dc:creator>eaa</dc:creator>
   <cp:keywords>Comisión de Acreditación</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>