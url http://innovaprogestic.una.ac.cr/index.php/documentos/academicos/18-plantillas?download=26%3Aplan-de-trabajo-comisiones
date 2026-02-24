--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -1,304 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="351CEC3D" w14:textId="77777777" w:rsidR="00F75307" w:rsidRPr="009A4714" w:rsidRDefault="00F75307" w:rsidP="00F75307">
+    <w:p w14:paraId="4C38CF30" w14:textId="5BE777C8" w:rsidR="008B50F2" w:rsidRPr="008B50F2" w:rsidRDefault="008B50F2" w:rsidP="008B50F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...109 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:eastAsia="es-CR"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B593217" wp14:editId="17E378E5">
-[...18 lines deleted...]
-            <wp:docPr id="2" name="Imagen 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A0EA808" wp14:editId="333CFB8D">
+            <wp:extent cx="944033" cy="907075"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="7620"/>
+            <wp:docPr id="734433475" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="734433475" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2273300" cy="953770"/>
+                      <a:ext cx="967782" cy="929894"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D7F005" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+    <w:p w14:paraId="347DA762" w14:textId="7A20826F" w:rsidR="00A202F5" w:rsidRPr="00C428DE" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="681FAD1B" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Universidad Nacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538B30D8" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRPr="00C428DE" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2240D4FA" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Facultad de Ciencias Exactas y Naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDDAAEF" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2C375170" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Escuela de Informática</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF34BD8" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="613C0EA0" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+    <w:p w14:paraId="580A0144" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="580A0144" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+    <w:p w14:paraId="28DC1989" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRDefault="008B50F2" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12DF722F" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -323,61 +219,73 @@
     </w:p>
     <w:p w14:paraId="3972347C" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57783A93" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A6C017A" w14:textId="0B26D629" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+    <w:p w14:paraId="227C6C8A" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRDefault="008B50F2" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A6C017A" w14:textId="0B26D629" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Comisión: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00033A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xxxxxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5C818A9F" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -598,1115 +506,814 @@
         <w:t>/20xx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="007FF0F3" w14:textId="77777777" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1AB359E6" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRDefault="008B50F2" w:rsidP="00A202F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="16A25F86" w14:textId="4F3282E7" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordinador/a: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="719DE6C8" w14:textId="3F48B35D" w:rsidR="00A202F5" w:rsidRPr="009A4714" w:rsidRDefault="00A202F5" w:rsidP="00033A7E">
+    <w:p w14:paraId="719DE6C8" w14:textId="3F48B35D" w:rsidR="00A202F5" w:rsidRDefault="00A202F5" w:rsidP="00033A7E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Firma&gt;</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="463D34DB" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRPr="009A4714" w:rsidRDefault="008B50F2" w:rsidP="00033A7E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Batang" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES" w:eastAsia="en-US"/>
         </w:rPr>
         <w:id w:val="-836993222"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="51AB6B6F" w14:textId="1D80EA17" w:rsidR="00A202F5" w:rsidRPr="000B7371" w:rsidRDefault="00A202F5">
           <w:pPr>
             <w:pStyle w:val="TtuloTDC"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B7371">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>Contenido</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="25FD235B" w14:textId="7A896B3E" w:rsidR="00033A7E" w:rsidRDefault="00A202F5">
+        <w:p w14:paraId="6F79D869" w14:textId="16D4AC4B" w:rsidR="00AC5810" w:rsidRDefault="00A202F5">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc33601981" w:history="1">
-            <w:r w:rsidR="00033A7E" w:rsidRPr="007A4824">
+          <w:hyperlink w:anchor="_Toc219809546" w:history="1">
+            <w:r w:rsidR="00AC5810" w:rsidRPr="000A684A">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>Objetivo General</w:t>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc33601981 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809546 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5810">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B423159" w14:textId="25527C5F" w:rsidR="00033A7E" w:rsidRDefault="00A17524">
+        <w:p w14:paraId="3070146E" w14:textId="43BF8EE6" w:rsidR="00AC5810" w:rsidRDefault="00AC5810">
           <w:pPr>
             <w:pStyle w:val="TDC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc33601982" w:history="1">
-            <w:r w:rsidR="00033A7E" w:rsidRPr="007A4824">
+          <w:hyperlink w:anchor="_Toc219809547" w:history="1">
+            <w:r w:rsidRPr="000A684A">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>Objetivos específicos</w:t>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc33601982 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809547 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="356C14A0" w14:textId="4BA2BB8F" w:rsidR="00033A7E" w:rsidRDefault="00A17524">
+        <w:p w14:paraId="56CC832C" w14:textId="0E8976A5" w:rsidR="00AC5810" w:rsidRDefault="00AC5810">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc33601983" w:history="1">
-            <w:r w:rsidR="00033A7E" w:rsidRPr="007A4824">
+          <w:hyperlink w:anchor="_Toc219809548" w:history="1">
+            <w:r w:rsidRPr="000A684A">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>Estrategias</w:t>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc33601983 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809548 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E600A2E" w14:textId="056825B0" w:rsidR="00033A7E" w:rsidRDefault="00A17524">
+        <w:p w14:paraId="7ED10633" w14:textId="77CC4412" w:rsidR="00AC5810" w:rsidRDefault="00AC5810">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc33601984" w:history="1">
-            <w:r w:rsidR="00033A7E" w:rsidRPr="007A4824">
+          <w:hyperlink w:anchor="_Toc219809549" w:history="1">
+            <w:r w:rsidRPr="000A684A">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:t>Cronograma general de actividades propuesto</w:t>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc33601984 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809549 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15734834" w14:textId="1B6C2278" w:rsidR="00033A7E" w:rsidRDefault="00A17524">
+        <w:p w14:paraId="33E7BCDA" w14:textId="5EC44E6C" w:rsidR="00AC5810" w:rsidRDefault="00AC5810">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc33601985" w:history="1">
-            <w:r w:rsidR="00033A7E" w:rsidRPr="007A4824">
+          <w:hyperlink w:anchor="_Toc219809550" w:history="1">
+            <w:r w:rsidRPr="000A684A">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Anexos</w:t>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc33601985 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809550 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00033A7E">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00033A7E">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38456701" w14:textId="7A90F468" w:rsidR="00A202F5" w:rsidRDefault="00A202F5">
+        <w:p w14:paraId="38456701" w14:textId="5C44C771" w:rsidR="00A202F5" w:rsidRDefault="00A202F5">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="40F22A0B" w14:textId="77777777" w:rsidR="00483213" w:rsidRPr="009A4714" w:rsidRDefault="00D900DD" w:rsidP="002F46A7">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="09B30113" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRDefault="008B50F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc33601981"/>
-      <w:r w:rsidRPr="009A4714">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Objetivo General</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A4714">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F22A0B" w14:textId="232CD34D" w:rsidR="00483213" w:rsidRPr="009A4714" w:rsidRDefault="00D900DD" w:rsidP="002F46A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc219809546"/>
+      <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Objetivo General</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Establecer </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C223F" w:rsidRPr="009A4714">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C7672" w14:textId="77777777" w:rsidR="008B50F2" w:rsidRDefault="008B50F2" w:rsidP="002F46A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35AC06AE" w14:textId="35219CE3" w:rsidR="006C6A87" w:rsidRPr="009A4714" w:rsidRDefault="006C6A87" w:rsidP="002F46A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc219809547"/>
+      <w:r w:rsidRPr="009A4714">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Objetivos específicos</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="009A4714">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68934F6A" w14:textId="58A8E647" w:rsidR="00056C82" w:rsidRPr="009A4714" w:rsidRDefault="00056C82" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">relaciones estratégicas entre </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="765A89F2" w14:textId="77777777" w:rsidR="00056C82" w:rsidRPr="009A4714" w:rsidRDefault="00056C82">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>la Escuela de Informática y el sector TIC.</w:t>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc33601982"/>
+      </w:pPr>
       <w:r w:rsidRPr="009A4714">
-        <w:rPr>
-[...21 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009A4714">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6AFB7C" w14:textId="77777777" w:rsidR="006C6A87" w:rsidRPr="009A4714" w:rsidRDefault="00E92AFA" w:rsidP="002F46A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Diseñar</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F23CF9" w:rsidRPr="009A4714">
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc219809548"/>
+      <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> el plan de vinculación de la Escuela de Informática con el sector TIC.</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Estrategias</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00056C82" w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009A4714">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EAF2FA" w14:textId="7DB133C3" w:rsidR="002852AB" w:rsidRPr="009A4714" w:rsidRDefault="002852AB" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Implementar con la ayuda de la Unidad de Desarrollo de Sistemas de la E</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C0125" w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37781618" w14:textId="77777777" w:rsidR="002852AB" w:rsidRPr="009A4714" w:rsidRDefault="002852AB" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">scuela de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F4762E" w14:textId="77777777" w:rsidR="006F0763" w:rsidRPr="009A4714" w:rsidRDefault="006F0763" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C0125" w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="016685ED" w14:textId="77777777" w:rsidR="00033416" w:rsidRPr="009A4714" w:rsidRDefault="00033416" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>nformática</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552C85F3" w14:textId="77777777" w:rsidR="00B97F41" w:rsidRPr="009A4714" w:rsidRDefault="00B97F41" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, un sistema que permita </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC36F7" w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="281BA59B" w14:textId="77777777" w:rsidR="001B4387" w:rsidRPr="009A4714" w:rsidRDefault="001B4387" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">organizar la información </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C0125" w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47ACE095" w14:textId="77777777" w:rsidR="00236BB4" w:rsidRPr="009A4714" w:rsidRDefault="00236BB4" w:rsidP="005268F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC36F7" w:rsidRPr="009A4714">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E309396" w14:textId="77777777" w:rsidR="00056C82" w:rsidRPr="009A4714" w:rsidRDefault="00056C82">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>las empresas.</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009A4714">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7155E3DA" w14:textId="1A0AE074" w:rsidR="00C168B7" w:rsidRDefault="00C168B7" w:rsidP="002F46A7">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Desarrollar un plan de atracción de empresas del sector TIC a la vinculación con la Escuela de Informática.</w:t>
-[...358 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc33601984"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc219809549"/>
       <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Cronograma general de actividades propuesto</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="009A4714">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5189D9" w14:textId="77777777" w:rsidR="00EC4704" w:rsidRPr="00EC4704" w:rsidRDefault="00EC4704" w:rsidP="00EC4704">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="ko-KR"/>
@@ -2274,212 +1881,201 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="044703E8" w14:textId="6BF2A37B" w:rsidR="00F75307" w:rsidRPr="009A4714" w:rsidRDefault="00A202F5" w:rsidP="00A202F5">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc33601985"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219809550"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Anex</w:t>
-[...9 lines deleted...]
-        <w:t>os</w:t>
+        <w:t>Anexos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:sectPr w:rsidR="00F75307" w:rsidRPr="009A4714">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DA7DF84" w14:textId="77777777" w:rsidR="00A17524" w:rsidRDefault="00A17524" w:rsidP="00EB5F21">
+    <w:p w14:paraId="6C0CA0C2" w14:textId="77777777" w:rsidR="00C31D42" w:rsidRDefault="00C31D42" w:rsidP="00EB5F21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C113B3B" w14:textId="77777777" w:rsidR="00A17524" w:rsidRDefault="00A17524" w:rsidP="00EB5F21">
+    <w:p w14:paraId="3CC3D5F6" w14:textId="77777777" w:rsidR="00C31D42" w:rsidRDefault="00C31D42" w:rsidP="00EB5F21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
-    <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3287A1E6" w14:textId="77777777" w:rsidR="00A17524" w:rsidRDefault="00A17524" w:rsidP="00EB5F21">
+    <w:p w14:paraId="3057C2E6" w14:textId="77777777" w:rsidR="00C31D42" w:rsidRDefault="00C31D42" w:rsidP="00EB5F21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC67DB0" w14:textId="77777777" w:rsidR="00A17524" w:rsidRDefault="00A17524" w:rsidP="00EB5F21">
+    <w:p w14:paraId="7DCA1AFD" w14:textId="77777777" w:rsidR="00C31D42" w:rsidRDefault="00C31D42" w:rsidP="00EB5F21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="325019D3" w14:textId="07A42A63" w:rsidR="00A202F5" w:rsidRDefault="00A202F5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Se sugiere presentar el documento a la Subdirección con copia a la Coordinadora de la Comisión de Acreditación.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0911001A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20560966"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2923,71 +2519,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="255098232">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2000033837">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1878927818">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="689066634">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="206065136">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F75307"/>
     <w:rsid w:val="00033416"/>
     <w:rsid w:val="00033A7E"/>
@@ -2999,107 +2595,116 @@
     <w:rsid w:val="000C1E3A"/>
     <w:rsid w:val="000C223F"/>
     <w:rsid w:val="00115AFD"/>
     <w:rsid w:val="00123489"/>
     <w:rsid w:val="001404AA"/>
     <w:rsid w:val="001841B0"/>
     <w:rsid w:val="00190E0E"/>
     <w:rsid w:val="001A499E"/>
     <w:rsid w:val="001B4387"/>
     <w:rsid w:val="00236BB4"/>
     <w:rsid w:val="00253F39"/>
     <w:rsid w:val="00277114"/>
     <w:rsid w:val="002852AB"/>
     <w:rsid w:val="002906AB"/>
     <w:rsid w:val="002B36F0"/>
     <w:rsid w:val="002B582A"/>
     <w:rsid w:val="002D2834"/>
     <w:rsid w:val="002E3168"/>
     <w:rsid w:val="002F46A7"/>
     <w:rsid w:val="0038686D"/>
     <w:rsid w:val="00390874"/>
     <w:rsid w:val="003936AE"/>
     <w:rsid w:val="003B2E2A"/>
     <w:rsid w:val="003C3EA7"/>
     <w:rsid w:val="003E09E8"/>
+    <w:rsid w:val="00402691"/>
     <w:rsid w:val="004516B8"/>
     <w:rsid w:val="00483213"/>
     <w:rsid w:val="00492F22"/>
     <w:rsid w:val="00496BC6"/>
     <w:rsid w:val="00497A07"/>
     <w:rsid w:val="004B1ECB"/>
     <w:rsid w:val="0052158A"/>
     <w:rsid w:val="005268F2"/>
     <w:rsid w:val="005466B9"/>
     <w:rsid w:val="0056222B"/>
     <w:rsid w:val="005E2C6E"/>
+    <w:rsid w:val="005F5943"/>
     <w:rsid w:val="00637159"/>
     <w:rsid w:val="00655719"/>
     <w:rsid w:val="00663853"/>
     <w:rsid w:val="0067507C"/>
     <w:rsid w:val="00682861"/>
+    <w:rsid w:val="00694A51"/>
     <w:rsid w:val="006A3E98"/>
     <w:rsid w:val="006C52F2"/>
     <w:rsid w:val="006C6A87"/>
     <w:rsid w:val="006F0763"/>
     <w:rsid w:val="00723D5D"/>
     <w:rsid w:val="00727B35"/>
     <w:rsid w:val="00751DC5"/>
     <w:rsid w:val="00757ADA"/>
     <w:rsid w:val="00770A28"/>
     <w:rsid w:val="007A1C96"/>
     <w:rsid w:val="007A603D"/>
     <w:rsid w:val="007C20CB"/>
     <w:rsid w:val="0081141E"/>
     <w:rsid w:val="00867F28"/>
     <w:rsid w:val="00897055"/>
     <w:rsid w:val="008A6789"/>
     <w:rsid w:val="008B0BD4"/>
+    <w:rsid w:val="008B50F2"/>
     <w:rsid w:val="008C0125"/>
     <w:rsid w:val="008E660F"/>
     <w:rsid w:val="0094216B"/>
     <w:rsid w:val="009700A3"/>
     <w:rsid w:val="009A4714"/>
+    <w:rsid w:val="009E6569"/>
     <w:rsid w:val="009E6FB9"/>
     <w:rsid w:val="00A067E6"/>
     <w:rsid w:val="00A17524"/>
     <w:rsid w:val="00A202F5"/>
     <w:rsid w:val="00A46FBB"/>
     <w:rsid w:val="00A60911"/>
     <w:rsid w:val="00A75F37"/>
+    <w:rsid w:val="00A90A69"/>
+    <w:rsid w:val="00AA4BA8"/>
     <w:rsid w:val="00AA4D70"/>
     <w:rsid w:val="00AB7E8C"/>
+    <w:rsid w:val="00AC5810"/>
     <w:rsid w:val="00AD0EF6"/>
     <w:rsid w:val="00B07378"/>
     <w:rsid w:val="00B2534A"/>
     <w:rsid w:val="00B44064"/>
     <w:rsid w:val="00B52DD2"/>
     <w:rsid w:val="00B73751"/>
     <w:rsid w:val="00B97F41"/>
     <w:rsid w:val="00C168B7"/>
     <w:rsid w:val="00C217A5"/>
     <w:rsid w:val="00C2491F"/>
+    <w:rsid w:val="00C31D42"/>
     <w:rsid w:val="00C56A8B"/>
     <w:rsid w:val="00C61DFE"/>
     <w:rsid w:val="00C6234E"/>
     <w:rsid w:val="00CC31BB"/>
     <w:rsid w:val="00CD0BAE"/>
     <w:rsid w:val="00CD4888"/>
     <w:rsid w:val="00D35C35"/>
     <w:rsid w:val="00D35ED8"/>
     <w:rsid w:val="00D64611"/>
     <w:rsid w:val="00D66EA0"/>
     <w:rsid w:val="00D900DD"/>
     <w:rsid w:val="00DA2921"/>
     <w:rsid w:val="00E175FB"/>
     <w:rsid w:val="00E73F12"/>
     <w:rsid w:val="00E92AFA"/>
     <w:rsid w:val="00EB5F21"/>
     <w:rsid w:val="00EC36F7"/>
     <w:rsid w:val="00EC4704"/>
     <w:rsid w:val="00ED10DA"/>
     <w:rsid w:val="00F15A45"/>
     <w:rsid w:val="00F23CF9"/>
     <w:rsid w:val="00F40E12"/>
     <w:rsid w:val="00F56AA4"/>
     <w:rsid w:val="00F6533A"/>
     <w:rsid w:val="00F75307"/>
@@ -3112,67 +2717,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31B83CFC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7BB92B74-4112-42B1-820F-D2C5DD9DC7FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Batang" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3505,51 +3110,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008B0BD4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -3937,51 +3541,51 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A202F5"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TDC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A202F5"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1521317998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1776823665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3993,56 +3597,57 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113434871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4282,70 +3887,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3F2D3A5-601D-4573-965E-22AE2CAB3403}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>1855</Characters>
+  <Pages>1</Pages>
+  <Words>150</Words>
+  <Characters>911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2188</CharactersWithSpaces>
+  <CharactersWithSpaces>1036</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>nana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>