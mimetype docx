--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -1,233 +1,330 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5D8B5903" w14:textId="256B0D00" w:rsidR="006147E9" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
+    <w:p w14:paraId="2D876031" w14:textId="3DDDE0F0" w:rsidR="00D86662" w:rsidRDefault="00D86662" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00691894">
-[...8 lines deleted...]
-    <w:p w14:paraId="025CF37D" w14:textId="54A5F4A8" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="040B281D" wp14:editId="10A4F138">
+            <wp:extent cx="784860" cy="754164"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="1773106499" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1773106499" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="800247" cy="768949"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8B5903" w14:textId="1B0F1AE4" w:rsidR="006147E9" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00691894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>FACULTADO DE CIENCIAS EXACTAS Y NATURALES</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DA7A4A6" w14:textId="2225B2D1" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
+        <w:t>UNIVERSIDAD NACIONAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025CF37D" w14:textId="54A5F4A8" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00691894">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>ESCUELA DE INFORMATICA</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B49C4FC" w14:textId="7816AED7" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
+        <w:t>FACULTADO DE CIENCIAS EXACTAS Y NATURALES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA7A4A6" w14:textId="2225B2D1" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="193E7042" w14:textId="210C24AF" w:rsidR="00691894" w:rsidRPr="001C093A" w:rsidRDefault="00691894" w:rsidP="00691894">
+      <w:r w:rsidRPr="00691894">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>ESCUELA DE INFORMATICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B49C4FC" w14:textId="7816AED7" w:rsidR="00691894" w:rsidRPr="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="3F484644" w14:textId="69890F4B" w:rsidR="00691894" w:rsidRPr="001C093A" w:rsidRDefault="001C093A" w:rsidP="00691894">
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="193E7042" w14:textId="210C24AF" w:rsidR="00691894" w:rsidRPr="001C093A" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00691894">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CATEDRA </w:t>
+      </w:r>
+      <w:r w:rsidR="001C093A" w:rsidRPr="001C093A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>XXXXXXX</w:t>
+      </w:r>
+      <w:r w:rsidR="001C093A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o Comisión </w:t>
+      </w:r>
+      <w:r w:rsidR="001C093A" w:rsidRPr="001C093A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>XXXXXXXXXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F484644" w14:textId="69890F4B" w:rsidR="00691894" w:rsidRPr="001C093A" w:rsidRDefault="001C093A" w:rsidP="00691894">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t xml:space="preserve">CURSO EIF </w:t>
       </w:r>
       <w:r w:rsidRPr="001C093A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>XXXXXXX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t xml:space="preserve"> o NCR </w:t>
       </w:r>
       <w:r w:rsidRPr="001C093A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>XXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D92D9E" w14:textId="12A92A34" w:rsidR="00691894" w:rsidRDefault="001C093A" w:rsidP="00AB1CF0">
+    <w:p w14:paraId="24D92D9E" w14:textId="478612E1" w:rsidR="00691894" w:rsidRDefault="001C093A" w:rsidP="00AB1CF0">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="00691894" w:rsidRPr="00691894">
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t xml:space="preserve">EVALUACION DE </w:t>
       </w:r>
       <w:r w:rsidRPr="001C093A">
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>NOMBREDELAACTIVIDAD</w:t>
+        <w:t>NOMBRE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86662">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C093A">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86662">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C093A">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86662">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C093A">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>ACTIVIDAD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062047AF" w14:textId="1F6AA625" w:rsidR="00691894" w:rsidRDefault="00691894" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59749B4D" w14:textId="197E5FBD" w:rsidR="00691894" w:rsidRDefault="001C093A" w:rsidP="00691894">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -442,84 +539,109 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="78542CF5" w14:textId="68667353" w:rsidR="00BB6C9D" w:rsidRDefault="00BB6C9D" w:rsidP="00BB6C9D">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="264DEB78" w14:textId="541D06FE" w:rsidR="005B3961" w:rsidRDefault="000F7D77" w:rsidP="009270E0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t xml:space="preserve">&lt;Descripción del instrumento utilizado para evaluar los resultados de la actividad realizada, por ejemplo un </w:t>
+        <w:t xml:space="preserve">&lt;Descripción del instrumento utilizado para evaluar los resultados de la actividad realizada, por </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F7D77">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F7D77">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>focus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>group</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> con los participantes, una sesión de análisis en el aula con los estudiantes, una encuesta, etc..</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> con los participantes, una sesión de análisis en el aula con los estudiantes, una encuesta, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F7D77">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>etc..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E96F05">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t xml:space="preserve"> En caso de utilizarse más de un instrumento se puede separar por secciones y relacionar los datos de entre ellos.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F7D77">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A20DD8" w14:textId="77777777" w:rsidR="009270E0" w:rsidRPr="009270E0" w:rsidRDefault="009270E0" w:rsidP="009270E0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -693,105 +815,105 @@
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>, los resultados de los ítems utilizados.&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61596DD9" w14:textId="2EFA4A86" w:rsidR="00CA42E7" w:rsidRPr="008E4F20" w:rsidRDefault="00CA42E7" w:rsidP="008E4F20">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA42E7" w:rsidRPr="008E4F20" w:rsidSect="005B3961">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D974111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4042DB8"/>
     <w:lvl w:ilvl="0" w:tplc="1856FDC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
@@ -1206,152 +1328,156 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2086880023">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="861087761">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1388800334">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="987512332">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1937441631">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="524565837">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="702752651">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1666274953">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2051804316">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00691894"/>
     <w:rsid w:val="0005148B"/>
     <w:rsid w:val="000C720B"/>
     <w:rsid w:val="000F7D77"/>
     <w:rsid w:val="0014063E"/>
     <w:rsid w:val="001C093A"/>
+    <w:rsid w:val="002F018F"/>
     <w:rsid w:val="003205A8"/>
     <w:rsid w:val="003934B9"/>
     <w:rsid w:val="0059738F"/>
     <w:rsid w:val="005B3961"/>
     <w:rsid w:val="006147E9"/>
     <w:rsid w:val="00691894"/>
     <w:rsid w:val="007D7E06"/>
     <w:rsid w:val="008E4F20"/>
     <w:rsid w:val="0090576A"/>
     <w:rsid w:val="009270E0"/>
     <w:rsid w:val="009F4352"/>
+    <w:rsid w:val="00A66FA5"/>
     <w:rsid w:val="00AB1CF0"/>
     <w:rsid w:val="00BB6C9D"/>
     <w:rsid w:val="00CA42E7"/>
     <w:rsid w:val="00CC7DCF"/>
     <w:rsid w:val="00D5075A"/>
+    <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00E96F05"/>
     <w:rsid w:val="00F86DB6"/>
+    <w:rsid w:val="00F91D43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="268709CD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{12C6B2EE-0019-4CEA-9C96-EB113B9D4D7D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1829,51 +1955,51 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F86DB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="smalltext">
     <w:name w:val="smalltext"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F86DB6"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F86DB6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="percent">
     <w:name w:val="percent"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F86DB6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000F7D77"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
@@ -1886,51 +2012,51 @@
     <w:rsid w:val="00AB1CF0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AB1CF0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="524054409">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1016271842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1973,51 +2099,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2120836241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2276,69 +2402,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>222</Words>
-  <Characters>1225</Characters>
+  <Words>219</Words>
+  <Characters>1230</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1445</CharactersWithSpaces>
+  <CharactersWithSpaces>1433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Fulvio Alonso Lizano Madriz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>