--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -1,448 +1,415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001E591C" w:rsidRDefault="001E591C">
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="662D5640" w14:textId="77777777" w:rsidR="001E591C" w:rsidRDefault="001E591C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7452B0E2" w14:textId="731F67F3" w:rsidR="00C428DE" w:rsidRDefault="001056D8" w:rsidP="001056D8">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-          <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29D67763" wp14:editId="23AECC89">
-[...18 lines deleted...]
-            <wp:docPr id="2" name="Imagen 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16E3DB7A" wp14:editId="244DF659">
+            <wp:extent cx="1323975" cy="1272142"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:docPr id="253266580" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="253266580" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2273300" cy="953770"/>
+                      <a:ext cx="1343200" cy="1290614"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="6C22E1B9" w14:textId="77777777" w:rsidR="001056D8" w:rsidRDefault="001056D8" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="2358D3ED" w14:textId="0A334676" w:rsidR="00C428DE" w:rsidRPr="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Universidad Nacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C6EE76" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRPr="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Facultad de Ciencias Exactas y Naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B6E3A8" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Escuela de Informática</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E48861C" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="563E6437" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="001056D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3297769C" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00726668" w:rsidP="00C428DE">
+    <w:p w14:paraId="77AE1656" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    </w:p>
+    <w:p w14:paraId="6C9BCF02" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="701C569A" w14:textId="77777777" w:rsidR="001056D8" w:rsidRDefault="001056D8" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
+    <w:p w14:paraId="306183FA" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00726668" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:t>Documento estrategia….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2810D83A" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2943EAB6" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D900017" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t>Responsables:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
+    <w:p w14:paraId="08604022" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRPr="00BD7098" w:rsidRDefault="005222B7" w:rsidP="00BD7098">
+    <w:p w14:paraId="6F8920A8" w14:textId="5B812FEC" w:rsidR="00BD7098" w:rsidRDefault="001056D8" w:rsidP="00BD7098">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>xxxxxxxxxxxx</w:t>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="005222B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="5A109B81" w14:textId="77777777" w:rsidR="001056D8" w:rsidRPr="00BD7098" w:rsidRDefault="001056D8" w:rsidP="00BD7098">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB6B1BB" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="4DCD57EE" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B6AE0" w:rsidRDefault="00343314" w:rsidP="007B6AE0">
+    <w:p w14:paraId="59B32F2F" w14:textId="51F1AB77" w:rsidR="007B6AE0" w:rsidRDefault="00343314" w:rsidP="007B6AE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00726668">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -456,2244 +423,2465 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00427975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> del 2020</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+        <w:t xml:space="preserve"> del 20</w:t>
+      </w:r>
+      <w:r w:rsidR="001056D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A26033A" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="2F56AA27" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00552954" w:rsidRDefault="00552954">
+    <w:p w14:paraId="2ACA6B18" w14:textId="77777777" w:rsidR="00552954" w:rsidRDefault="00552954">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES" w:eastAsia="en-US"/>
         </w:rPr>
         <w:id w:val="257107384"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="327B31CA" w14:textId="77777777" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TtuloTDC"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>Contenido</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="3B31E375" w14:textId="77777777" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="2DBABC1D" w14:textId="0922BD54" w:rsidR="006A6FF0" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc43706863" w:history="1">
-            <w:r w:rsidR="00F45D6A" w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810364" w:history="1">
+            <w:r w:rsidR="006A6FF0" w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Historial de Revisiones</w:t>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706863 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F45D6A">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810364 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00F45D6A">
+            <w:r w:rsidR="006A6FF0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="6FCF7AB3" w14:textId="092A6164" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706864" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810365" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Introducción</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706864 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810365 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="05A320E3" w14:textId="6B77B82C" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706865" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810366" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Antecedentes.</w:t>
+              <w:t>Análisis del entorno</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706865 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810366 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="5E3161AE" w14:textId="64F5DAA1" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706866" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810367" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Estrategia.</w:t>
+              <w:t>Objetivos y metas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706866 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810367 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="277D3969" w14:textId="645BC4A1" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706867" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810368" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Actividades realizadas 2019-2020</w:t>
+              <w:t>Plan de Acciones</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706867 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810368 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="0A104BE3" w14:textId="40DD2AB7" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
+          <w:pPr>
+            <w:pStyle w:val="TDC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219810369" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
+              <w:rPr>
+                <w:rStyle w:val="Hipervnculo"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Actividad 1-20xx (año). xxxxxxxxxxxxxxxxxxxx</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810369 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2E3BF5AB" w14:textId="001F73F2" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706868" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810370" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Actividades propuestas</w:t>
+              <w:t>Cronograma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706868 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810370 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
-[...139 lines deleted...]
-        <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A">
+        <w:p w14:paraId="4D4C6F6C" w14:textId="5EBD4D46" w:rsidR="006A6FF0" w:rsidRDefault="006A6FF0">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc43706871" w:history="1">
-            <w:r w:rsidRPr="0045076B">
+          <w:hyperlink w:anchor="_Toc219810371" w:history="1">
+            <w:r w:rsidRPr="00A171E1">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Formalización del documento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc43706871 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810371 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="245872DE" w14:textId="085B54F5" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00C01842" w:rsidRDefault="00C01842">
+    <w:p w14:paraId="703B7B5F" w14:textId="77777777" w:rsidR="00C01842" w:rsidRDefault="00C01842">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C2618" w:rsidRPr="006C2618" w:rsidRDefault="006C2618" w:rsidP="006C2618">
+    <w:p w14:paraId="34F8EBB7" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="006C2618" w:rsidRDefault="006C2618" w:rsidP="006C2618">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc43706863"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc219810364"/>
       <w:r w:rsidRPr="006C2618">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Historial de Revisiones</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="006C2618" w:rsidRDefault="006C2618" w:rsidP="006C2618">
+    <w:p w14:paraId="4C779D3A" w14:textId="77777777" w:rsidR="006C2618" w:rsidRDefault="006C2618" w:rsidP="006C2618">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-44" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1315"/>
         <w:gridCol w:w="1086"/>
         <w:gridCol w:w="4542"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C2618" w:rsidTr="0004185B">
+      <w:tr w:rsidR="006C2618" w14:paraId="2A200006" w14:textId="77777777" w:rsidTr="0004185B">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="23D79A6E" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004185B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="214C3811" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004185B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="006C2618">
+          <w:p w14:paraId="040FB04F" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="006C2618">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004185B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Descripción de las modificaciones al Documento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="68EB68CA" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004185B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Autor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2618" w:rsidTr="003D3ABB">
+      <w:tr w:rsidR="006C2618" w14:paraId="08A962CF" w14:textId="77777777" w:rsidTr="003D3ABB">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="28ADBC93" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="2C281770" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="006C2618">
+          <w:p w14:paraId="1917FAD5" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="006C2618">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="47FE7A5F" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2618" w:rsidTr="003D3ABB">
+      <w:tr w:rsidR="006C2618" w14:paraId="247610FE" w14:textId="77777777" w:rsidTr="003D3ABB">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="65405FEF" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="71AD51A0" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="2121665B" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
+          <w:p w14:paraId="19607505" w14:textId="77777777" w:rsidR="006C2618" w:rsidRPr="0004185B" w:rsidRDefault="006C2618" w:rsidP="003D3ABB">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C01842" w:rsidRDefault="00C01842" w:rsidP="00C01842">
+    <w:p w14:paraId="6076A162" w14:textId="77777777" w:rsidR="00C01842" w:rsidRDefault="00C01842" w:rsidP="00C01842">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc43706864"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219810365"/>
       <w:r w:rsidRPr="00C01842">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00DE04ED">
+    <w:p w14:paraId="421A26E2" w14:textId="405E127D" w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="00DE04ED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">El presente documento tiene como </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC34BA">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>propósito plantear la estrategia para realizar las actividades del Compromiso de Mejoramiento 2019-202</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> relacionadas con </w:t>
+        <w:t xml:space="preserve">propósito plantear la estrategia para realizar las actividades </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00BC34BA" w:rsidRPr="00BC34BA">
-[...3 lines deleted...]
-        <w:t>xxxxxxxxxxxxx</w:t>
+      <w:r w:rsidR="001056D8">
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BC34BA">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BD7098" w:rsidP="00DE04ED">
+      <w:r w:rsidR="001056D8">
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005296BB" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BD7098" w:rsidP="00DE04ED">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Seguidamente se presenta los antecedentes, posteriormente se describe la estrategia y un plan general para </w:t>
       </w:r>
       <w:r w:rsidR="00BC34BA" w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">ejecutar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC34BA" w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> actividades </w:t>
       </w:r>
       <w:r w:rsidR="00BC34BA" w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>generales:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
+    <w:p w14:paraId="7B6D2340" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BC34BA" w:rsidRPr="00F45D6A" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
+    <w:p w14:paraId="24EE4B9C" w14:textId="77777777" w:rsidR="00BC34BA" w:rsidRPr="00F45D6A" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
+    <w:p w14:paraId="64D75D30" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRPr="00F45D6A" w:rsidRDefault="00BD7098" w:rsidP="00BD7098">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45D6A">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRDefault="00BD7098" w:rsidP="004F6FE5">
+    <w:p w14:paraId="351ED926" w14:textId="0867D492" w:rsidR="00BD7098" w:rsidRDefault="00941724" w:rsidP="004F6FE5">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc43706865"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219810366"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Análisis del entorno</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00BD7098" w:rsidRPr="00BD7098" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
+    <w:p w14:paraId="7B7D510E" w14:textId="77777777" w:rsidR="00BD7098" w:rsidRPr="00BD7098" w:rsidRDefault="00BC34BA" w:rsidP="00BD7098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DE04ED" w:rsidRDefault="00714FDF">
+    <w:p w14:paraId="119B8684" w14:textId="77777777" w:rsidR="00DE04ED" w:rsidRDefault="00714FDF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE04ED">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Considerando lo</w:t>
       </w:r>
       <w:r w:rsidR="0022505B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">s aspectos descritos </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE04ED">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>anterior</w:t>
       </w:r>
       <w:r w:rsidR="0022505B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>mente</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE04ED">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, se presenta la siguiente estrategia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRPr="00DE04ED" w:rsidRDefault="0054297A" w:rsidP="00495695">
+    <w:p w14:paraId="0555D5C4" w14:textId="0AAFDD3B" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00495695">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc43706866"/>
-[...5 lines deleted...]
-        <w:t>Estrategia.</w:t>
+      <w:bookmarkStart w:id="3" w:name="_Toc219810367"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Objetivos y metas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="1BC26E35" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E05593" w14:textId="5C3942BF" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Objetivos SMART:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Específicos, Medibles, Alcanzables, Relevantes y con Plazo definido (SMART).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6B20BC" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="396F8D36" w14:textId="4C5E40EE" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc219810368"/>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Plan de Acci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ones</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00BC34BA" w:rsidRPr="00BC34BA" w:rsidRDefault="00427975">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Se propone </w:t>
+    <w:p w14:paraId="0DAE49F1" w14:textId="2662DAC5" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>El Cómo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42837737" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Estrategias y Tácticas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Las opciones elegidas para alcanzar los objetivos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4881464E" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Asignación de Recursos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Humanos, financieros y materiales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2273098F" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Hitos y Tareas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pasos concretos, responsables y plazos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32428A04" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Comunicación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941724">
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cómo se compartirá la estrategia internamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36673B14" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0265B223" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc219810369"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Actividad 1-20xx (año). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00BC34BA" w:rsidRPr="00BC34BA">
-[...4 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0054297A" w:rsidRPr="00BC34BA" w:rsidRDefault="00DE04ED">
-[...189 lines deleted...]
-    <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00714FDF">
+    <w:p w14:paraId="126F89FC" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="00941724">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2032"/>
         <w:gridCol w:w="2040"/>
         <w:gridCol w:w="2108"/>
         <w:gridCol w:w="1372"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="00714FDF" w14:paraId="4EC6E795" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="5C0D54E6" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="067EEFEC" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Ajustes sugeridos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="00714FDF" w14:paraId="67C2A5C9" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2032" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="3FAF1778" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Fecha propuesta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="3B24365A" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t xml:space="preserve">Descripción </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2108" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="7745F9C7" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Participantes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1372" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="528C3463" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="005222B7" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="005222B7" w14:paraId="74ECCC55" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2032" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="315EF879" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="236EF561" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="72C83F49" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="0730C471" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00714FDF" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger LT 87 ExtraBlackCn" w:hAnsi="Frutiger LT 87 ExtraBlackCn" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="005222B7" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="00941724" w14:paraId="1A7B66E4" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="3B67DC4E" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714FDF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Tareas sugeridas para la actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="005222B7" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="00941724" w14:paraId="737A2D82" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00237C33" w:rsidRPr="006029E0" w:rsidRDefault="00237C33" w:rsidP="009445DB">
+          <w:p w14:paraId="0B270868" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="006029E0" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w14:paraId="37A04529" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00C0682C">
+          <w:p w14:paraId="3130C91E" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Ejemplos de las evidencias</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00714FDF" w:rsidRPr="00726668" w:rsidTr="00714FDF">
+      <w:tr w:rsidR="00941724" w:rsidRPr="00726668" w14:paraId="6003EFF7" w14:textId="77777777" w:rsidTr="009B419C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00726668" w:rsidRDefault="00726668" w:rsidP="00F45D6A">
+          <w:p w14:paraId="1A8A17C1" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F45D6A" w:rsidRDefault="00F45D6A" w:rsidP="00F45D6A">
+          <w:p w14:paraId="3EBE0322" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F45D6A" w:rsidRPr="00F45D6A" w:rsidRDefault="00F45D6A" w:rsidP="00F45D6A">
+          <w:p w14:paraId="1A8AF5C9" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="00F45D6A" w:rsidRDefault="00941724" w:rsidP="009B419C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00714FDF" w:rsidRPr="00714FDF" w:rsidRDefault="00714FDF" w:rsidP="00714FDF">
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc43706870"/>
+    <w:p w14:paraId="1DB6A1B1" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5AB2C0" w14:textId="39346279" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00941724">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219810370"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="es-MX"/>
-[...78 lines deleted...]
-    <w:p w:rsidR="00552954" w:rsidRDefault="00552954">
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Cronograma</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="7F6A32D5" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00DA2E2E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1989B919" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="00DA2E2E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="2380"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941724" w:rsidRPr="009A4714" w14:paraId="3F761A54" w14:textId="77777777" w:rsidTr="00941724">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40445AA0" w14:textId="2EF1493A" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_Toc23789764"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00941724">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Actividad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B99591C" w14:textId="3A7324D9" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00941724">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fechas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00941724">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FC5720" w14:textId="084B65B1" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00941724">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Responsable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFCCDF6" w14:textId="1B462897" w:rsidR="00941724" w:rsidRPr="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recursos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00941724" w:rsidRPr="009A4714" w14:paraId="7382B0CA" w14:textId="77777777" w:rsidTr="00941724">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DCD8B1" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E15539" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8F3165" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01213F36" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00941724" w:rsidRPr="009A4714" w14:paraId="0468ACF0" w14:textId="77777777" w:rsidTr="00941724">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C51BBC" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560CF49B" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A10D2F9" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBB4592" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00941724" w:rsidRPr="009A4714" w14:paraId="761F79D1" w14:textId="77777777" w:rsidTr="00941724">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBF34D3" w14:textId="77777777" w:rsidR="00941724" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B93033F" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F0463A" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088BCC0B" w14:textId="77777777" w:rsidR="00941724" w:rsidRPr="009A4714" w:rsidRDefault="00941724" w:rsidP="009B419C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="282D0540" w14:textId="77777777" w:rsidR="00552954" w:rsidRDefault="00552954">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc23789764"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w14:paraId="45613391" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRDefault="00894ED2" w:rsidP="00894ED2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc219810371"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="002225AD">
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002225AD">
+        <w:lastRenderedPageBreak/>
+        <w:t>Formalización del documento</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>Formalización del documento</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D042D33" w14:textId="5CDDCDE9" w:rsidR="00894ED2" w:rsidRDefault="00894ED2" w:rsidP="00894ED2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Registro de aprobación del documento: “Estrategia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0976">
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>…</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>Registro de aprobación del documento: “Estrategia y Plan para fomentar la investigación en el estudiante y participación en actividades extracurriculares”.</w:t>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1996"/>
         <w:gridCol w:w="1514"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2766"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidTr="00C0682C">
+      <w:tr w:rsidR="00894ED2" w:rsidRPr="002225AD" w14:paraId="38379516" w14:textId="77777777" w:rsidTr="00C0682C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1996" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="6446CA1A" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="0AC439B7" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Puesto/rol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="24E6D508" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Participación en el Informe</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="46876C8C" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t xml:space="preserve">onfección, </w:t>
@@ -2711,347 +2899,347 @@
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t xml:space="preserve">evisión, </w:t>
             </w:r>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>probación&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="545C0C20" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="6A4A1C96" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="002225AD" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002225AD">
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
               <w:t>Firma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidTr="00C0682C">
+      <w:tr w:rsidR="00894ED2" w:rsidRPr="00051D10" w14:paraId="57208B54" w14:textId="77777777" w:rsidTr="00C0682C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="475F4ABA" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="2DC2A454" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="1F26ED6E" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="336F504E" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="506894C8" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:pStyle w:val="Ttulo1"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidTr="00C0682C">
+      <w:tr w:rsidR="00894ED2" w:rsidRPr="00051D10" w14:paraId="693013B5" w14:textId="77777777" w:rsidTr="00C0682C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="168E0B15" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="624BD7E1" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="12A5B5DF" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="7A3EEB66" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:pStyle w:val="Ttulo1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
+          <w:p w14:paraId="5AD99B85" w14:textId="77777777" w:rsidR="00894ED2" w:rsidRPr="00051D10" w:rsidRDefault="00894ED2" w:rsidP="00C0682C">
             <w:pPr>
               <w:pStyle w:val="Ttulo1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-CR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00282594" w:rsidRPr="00981141" w:rsidRDefault="00282594" w:rsidP="00DA2E2E">
+    <w:p w14:paraId="7470F126" w14:textId="77777777" w:rsidR="00282594" w:rsidRPr="00981141" w:rsidRDefault="00282594" w:rsidP="00DA2E2E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00282594" w:rsidRPr="00981141" w:rsidSect="00B00E1E">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A38E3" w:rsidRDefault="003A38E3" w:rsidP="003B2FB9">
+    <w:p w14:paraId="644F9716" w14:textId="77777777" w:rsidR="00085299" w:rsidRDefault="00085299" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A38E3" w:rsidRDefault="003A38E3" w:rsidP="003B2FB9">
+    <w:p w14:paraId="08CD8003" w14:textId="77777777" w:rsidR="00085299" w:rsidRDefault="00085299" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT 87 ExtraBlackCn">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B00E1E" w:rsidRDefault="00B00E1E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36134D35" w14:textId="77777777" w:rsidR="00B00E1E" w:rsidRDefault="00B00E1E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>Página</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -3132,85 +3320,85 @@
       <w:rPr>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B00E1E" w:rsidRDefault="00B00E1E">
+  <w:p w14:paraId="1D85BACE" w14:textId="77777777" w:rsidR="00B00E1E" w:rsidRDefault="00B00E1E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A38E3" w:rsidRDefault="003A38E3" w:rsidP="003B2FB9">
+    <w:p w14:paraId="7B68713C" w14:textId="77777777" w:rsidR="00085299" w:rsidRDefault="00085299" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A38E3" w:rsidRDefault="003A38E3" w:rsidP="003B2FB9">
+    <w:p w14:paraId="04E1141D" w14:textId="77777777" w:rsidR="00085299" w:rsidRDefault="00085299" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D8A1BF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D2C7092"/>
     <w:lvl w:ilvl="0" w:tplc="140A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3545,50 +3733,167 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16D77AB4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59603258"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A950455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D82A8502"/>
     <w:lvl w:ilvl="0" w:tplc="140A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3630,51 +3935,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39AE0A29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D82A8502"/>
     <w:lvl w:ilvl="0" w:tplc="140A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3716,51 +4021,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B626E5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="971A59E4"/>
     <w:lvl w:ilvl="0" w:tplc="140A0013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3802,51 +4107,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57C859FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADDEB168"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3915,51 +4220,51 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DA83D56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FE4E452"/>
     <w:lvl w:ilvl="0" w:tplc="140A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
@@ -4004,51 +4309,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F37F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26C22B00"/>
     <w:lvl w:ilvl="0" w:tplc="140A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4117,283 +4422,295 @@
     <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1976330094">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1382826629">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1805733816">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="441728870">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1389652040">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="12343281">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1451120746">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="8" w16cid:durableId="1944801139">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="9" w16cid:durableId="751703360">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="10" w16cid:durableId="1080444739">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1692099176">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E591C"/>
     <w:rsid w:val="000142E3"/>
     <w:rsid w:val="0004185B"/>
     <w:rsid w:val="00051D10"/>
     <w:rsid w:val="00065FB9"/>
+    <w:rsid w:val="00085299"/>
     <w:rsid w:val="00094DC6"/>
     <w:rsid w:val="000C2D2F"/>
+    <w:rsid w:val="001056D8"/>
     <w:rsid w:val="001123DB"/>
     <w:rsid w:val="00127B46"/>
     <w:rsid w:val="001B727C"/>
     <w:rsid w:val="001D0965"/>
     <w:rsid w:val="001E591C"/>
     <w:rsid w:val="001F27CC"/>
     <w:rsid w:val="002101BA"/>
     <w:rsid w:val="002225AD"/>
     <w:rsid w:val="0022435E"/>
     <w:rsid w:val="0022505B"/>
     <w:rsid w:val="0022743F"/>
     <w:rsid w:val="00237C33"/>
     <w:rsid w:val="00247CD9"/>
     <w:rsid w:val="0026174C"/>
     <w:rsid w:val="00282594"/>
     <w:rsid w:val="00294FB6"/>
     <w:rsid w:val="002B355A"/>
     <w:rsid w:val="002D49A8"/>
     <w:rsid w:val="002D5276"/>
     <w:rsid w:val="0030474D"/>
     <w:rsid w:val="00330C8E"/>
     <w:rsid w:val="00343314"/>
     <w:rsid w:val="003610A1"/>
     <w:rsid w:val="003A2EFF"/>
     <w:rsid w:val="003A38E3"/>
     <w:rsid w:val="003A489A"/>
     <w:rsid w:val="003B2FB9"/>
     <w:rsid w:val="003F1300"/>
     <w:rsid w:val="00427975"/>
     <w:rsid w:val="00495695"/>
     <w:rsid w:val="00497441"/>
     <w:rsid w:val="004B1C69"/>
     <w:rsid w:val="004D7A31"/>
     <w:rsid w:val="004F6FE5"/>
     <w:rsid w:val="005222B7"/>
     <w:rsid w:val="00525444"/>
     <w:rsid w:val="00531950"/>
     <w:rsid w:val="0054297A"/>
     <w:rsid w:val="00552954"/>
     <w:rsid w:val="00595A90"/>
     <w:rsid w:val="005A192E"/>
     <w:rsid w:val="005A7E5F"/>
     <w:rsid w:val="005B09B2"/>
     <w:rsid w:val="005D7723"/>
     <w:rsid w:val="0060410E"/>
     <w:rsid w:val="006675CC"/>
     <w:rsid w:val="00685671"/>
+    <w:rsid w:val="00694A51"/>
     <w:rsid w:val="006A5B81"/>
+    <w:rsid w:val="006A6FF0"/>
     <w:rsid w:val="006C2618"/>
     <w:rsid w:val="007069E6"/>
     <w:rsid w:val="00714FDF"/>
     <w:rsid w:val="00723A05"/>
     <w:rsid w:val="00726668"/>
     <w:rsid w:val="00752C7E"/>
     <w:rsid w:val="00765793"/>
+    <w:rsid w:val="00766624"/>
     <w:rsid w:val="0077402A"/>
     <w:rsid w:val="007B6AE0"/>
     <w:rsid w:val="007C1826"/>
     <w:rsid w:val="007C3F81"/>
     <w:rsid w:val="007E2F7E"/>
     <w:rsid w:val="00805A41"/>
     <w:rsid w:val="00845981"/>
     <w:rsid w:val="00866CD9"/>
     <w:rsid w:val="00891743"/>
     <w:rsid w:val="00894ED2"/>
     <w:rsid w:val="008B6F63"/>
     <w:rsid w:val="008D0A21"/>
     <w:rsid w:val="00916122"/>
+    <w:rsid w:val="00941724"/>
     <w:rsid w:val="009445DB"/>
     <w:rsid w:val="00952396"/>
     <w:rsid w:val="00967FE2"/>
     <w:rsid w:val="00970C11"/>
     <w:rsid w:val="00973B90"/>
     <w:rsid w:val="00981141"/>
     <w:rsid w:val="009926E2"/>
+    <w:rsid w:val="009B2FB2"/>
     <w:rsid w:val="00A00F33"/>
     <w:rsid w:val="00A07566"/>
     <w:rsid w:val="00A07BF9"/>
     <w:rsid w:val="00A33E28"/>
     <w:rsid w:val="00AA200E"/>
     <w:rsid w:val="00B00E1E"/>
     <w:rsid w:val="00B514DA"/>
     <w:rsid w:val="00BB2F5D"/>
     <w:rsid w:val="00BC34BA"/>
     <w:rsid w:val="00BD59CF"/>
     <w:rsid w:val="00BD6AD1"/>
     <w:rsid w:val="00BD7098"/>
     <w:rsid w:val="00BF4E9B"/>
     <w:rsid w:val="00C01842"/>
     <w:rsid w:val="00C12771"/>
     <w:rsid w:val="00C30BF5"/>
     <w:rsid w:val="00C428DE"/>
     <w:rsid w:val="00C602CD"/>
     <w:rsid w:val="00CD3D38"/>
     <w:rsid w:val="00CD6834"/>
     <w:rsid w:val="00D0459A"/>
     <w:rsid w:val="00D34CA7"/>
     <w:rsid w:val="00D96E55"/>
     <w:rsid w:val="00DA2E2E"/>
     <w:rsid w:val="00DB202E"/>
+    <w:rsid w:val="00DC0976"/>
     <w:rsid w:val="00DD0539"/>
     <w:rsid w:val="00DD0DC0"/>
     <w:rsid w:val="00DE04ED"/>
     <w:rsid w:val="00E34A93"/>
     <w:rsid w:val="00E64597"/>
     <w:rsid w:val="00EA35C4"/>
     <w:rsid w:val="00EA7FF8"/>
     <w:rsid w:val="00EB5D63"/>
     <w:rsid w:val="00ED4B8B"/>
     <w:rsid w:val="00EE1D46"/>
     <w:rsid w:val="00F17D72"/>
     <w:rsid w:val="00F25939"/>
     <w:rsid w:val="00F44233"/>
     <w:rsid w:val="00F45D6A"/>
     <w:rsid w:val="00F57E04"/>
     <w:rsid w:val="00F85786"/>
     <w:rsid w:val="00F97777"/>
     <w:rsid w:val="00FA10E1"/>
     <w:rsid w:val="00FA7E53"/>
     <w:rsid w:val="00FB5FD9"/>
     <w:rsid w:val="00FB796B"/>
+    <w:rsid w:val="00FC5DFB"/>
     <w:rsid w:val="00FF03E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="110BBD4E"/>
+  <w14:docId w14:val="2586BC8A"/>
   <w15:docId w15:val="{3E34B88E-A717-45EA-8B1A-0196BC6BE18F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4726,51 +5043,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00981141"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -4800,51 +5116,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00765793"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -5137,87 +5452,87 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
     <w:name w:val="Tabletext"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006C2618"/>
     <w:pPr>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="700519157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="859776881">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5458,70 +5773,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C59226F-39E2-4689-8EF3-23EF12C5576C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>391</Words>
-  <Characters>2153</Characters>
+  <Words>299</Words>
+  <Characters>1960</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>326</Lines>
+  <Paragraphs>102</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2539</CharactersWithSpaces>
+  <CharactersWithSpaces>2157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carmen Cordero</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>