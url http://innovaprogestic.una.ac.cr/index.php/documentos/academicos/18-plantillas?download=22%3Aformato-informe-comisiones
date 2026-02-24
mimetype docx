--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -1,255 +1,236 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="02C20B42" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
-[...7 lines deleted...]
-    <w:p w14:paraId="6D9E58AB" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+    <w:p w14:paraId="111459C4" w14:textId="572C9BFC" w:rsidR="003E70C2" w:rsidRDefault="003E70C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...95 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-CR"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="06BC0419" wp14:editId="75F5E1AF">
-[...7 lines deleted...]
-            <wp:extent cx="2273300" cy="953770"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6568ED5C" wp14:editId="5FF8AADD">
+            <wp:extent cx="1075267" cy="1033171"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-[...1 lines deleted...]
-            <wp:cNvGraphicFramePr/>
+            <wp:docPr id="1104580198" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1104580198" name="Imagen 1" descr="Logotipo, nombre de la empresa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2273300" cy="953770"/>
+                      <a:ext cx="1097283" cy="1054325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605619A8" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+    <w:p w14:paraId="0E2C0B7D" w14:textId="77777777" w:rsidR="003E70C2" w:rsidRDefault="003E70C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62232276" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+    <w:p w14:paraId="7B8FD8E4" w14:textId="77777777" w:rsidR="003E70C2" w:rsidRDefault="003E70C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78EE004D" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+    <w:p w14:paraId="6D9E58AB" w14:textId="4AC17AC6" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5D8E7857" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Universidad Nacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBC7CBF" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Facultad de Ciencias Exactas y Naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500AA97E" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Escuela de Informática</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44151539" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DC0C5D" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FD331C3" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605619A8" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DAB90E0" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79E1B118" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3">
       <w:pPr>
@@ -531,516 +512,536 @@
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8828"/>
         </w:tabs>
         <w:spacing w:after="100"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="es-CR"/>
         </w:rPr>
         <w:id w:val="-868299382"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="3873C7F0" w14:textId="77777777" w:rsidR="003E130C" w:rsidRDefault="003E130C">
+        <w:p w14:paraId="333F5945" w14:textId="5DAA8228" w:rsidR="00774723" w:rsidRDefault="003E130C">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \h \u \z </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc23789760" w:history="1">
-            <w:r w:rsidRPr="00D276E7">
+          <w:hyperlink w:anchor="_Toc219810447" w:history="1">
+            <w:r w:rsidR="00774723" w:rsidRPr="00C6493C">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Resumen ejecutivo</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00774723">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00774723">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00774723">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810447 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00774723">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00774723">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00774723">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00774723">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CCA015A" w14:textId="77777777" w:rsidR="003E130C" w:rsidRDefault="00000000">
+        <w:p w14:paraId="2050798B" w14:textId="2A0B3F19" w:rsidR="00774723" w:rsidRDefault="00774723">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc23789761" w:history="1">
-            <w:r w:rsidR="003E130C" w:rsidRPr="00D276E7">
+          <w:hyperlink w:anchor="_Toc219810448" w:history="1">
+            <w:r w:rsidRPr="00C6493C">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Avance y estado de las Actividades</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E130C">
+              <w:t>Avance y estado de las Actividades realizadas durante el periodo</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
-[...12 lines deleted...]
-            <w:r w:rsidR="003E130C">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810448 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CA2B840" w14:textId="77777777" w:rsidR="003E130C" w:rsidRDefault="00000000">
+        <w:p w14:paraId="4A539C4B" w14:textId="333996CB" w:rsidR="00774723" w:rsidRDefault="00774723">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc23789762" w:history="1">
-            <w:r w:rsidR="003E130C" w:rsidRPr="00D276E7">
+          <w:hyperlink w:anchor="_Toc219810449" w:history="1">
+            <w:r w:rsidRPr="00C6493C">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Evidencias que respaldan la ejecución de actividades</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
-[...12 lines deleted...]
-            <w:r w:rsidR="003E130C">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810449 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0983784C" w14:textId="77777777" w:rsidR="003E130C" w:rsidRDefault="00000000">
+        <w:p w14:paraId="049FB813" w14:textId="0B0B6ECF" w:rsidR="00774723" w:rsidRDefault="00774723">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc23789763" w:history="1">
-            <w:r w:rsidR="003E130C" w:rsidRPr="00D276E7">
+          <w:hyperlink w:anchor="_Toc219810450" w:history="1">
+            <w:r w:rsidRPr="00C6493C">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Limitaciones y sugerencias</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
-[...12 lines deleted...]
-            <w:r w:rsidR="003E130C">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810450 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="13AAB7A1" w14:textId="77777777" w:rsidR="003E130C" w:rsidRDefault="00000000">
+        <w:p w14:paraId="7E6567AC" w14:textId="238E0B48" w:rsidR="00774723" w:rsidRDefault="00774723">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc23789764" w:history="1">
-            <w:r w:rsidR="003E130C" w:rsidRPr="00D276E7">
+          <w:hyperlink w:anchor="_Toc219810451" w:history="1">
+            <w:r w:rsidRPr="00C6493C">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Formalización del documento</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
-[...12 lines deleted...]
-            <w:r w:rsidR="003E130C">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219810451 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="003E130C">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="175361EC" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+        <w:p w14:paraId="175361EC" w14:textId="13472939" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="74E06AAE" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60698E25" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc23789760"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc219810447"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Resumen ejecutivo</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="4C7F01E0" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="3F77BF73" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="6FF866C8" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="278BF5DA" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="3F6374F3" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="658A766D" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="0BEE1FDF" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4949738C" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc23789761"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219810448"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Avance y estado de las Actividades</w:t>
+        <w:t xml:space="preserve">Avance y estado de las Actividades </w:t>
+      </w:r>
+      <w:r w:rsidR="00266E3A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>realizadas durante el periodo</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="21E28AEB" w14:textId="0E27533E" w:rsidR="007242DF" w:rsidRDefault="003E130C">
       <w:r>
         <w:t>&lt;Detallar las actividades realizadas y hacer referencia al plan de trabajo</w:t>
       </w:r>
       <w:r w:rsidR="007242DF">
         <w:t>, si lo hay</w:t>
       </w:r>
       <w:r w:rsidR="00542556">
         <w:t xml:space="preserve"> o bien a las actividades asignadas por medio del acuerdo</w:t>
       </w:r>
       <w:r w:rsidR="00F1467F">
         <w:t xml:space="preserve"> del consejo de unidad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF810AC" w14:textId="77777777" w:rsidR="007242DF" w:rsidRDefault="007242DF">
       <w:r>
         <w:t xml:space="preserve">Se pueden incluir otras actividades que fueron realizadas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A44BE8" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+    <w:p w14:paraId="69A44BE8" w14:textId="1F6B1D1F" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:r>
-        <w:t>Indicar el estado  de cada actividad (Finalizada, en proceso de ejecución, sin iniciar, cancelada).  Utilizar un porcentaje de avance de 1 a 100%.&gt;</w:t>
+        <w:t xml:space="preserve">Indicar el </w:t>
+      </w:r>
+      <w:r w:rsidR="003E70C2">
+        <w:t>estado de</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> cada actividad (Finalizada, en proceso de ejecución, sin iniciar, cancelada).  Utilizar un porcentaje de avance de 1 a 100%.&gt;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1873"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1246"/>
         <w:gridCol w:w="1873"/>
         <w:gridCol w:w="1509"/>
         <w:gridCol w:w="1579"/>
@@ -1592,117 +1593,122 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1509" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78A0174A" w14:textId="77777777" w:rsidR="007242DF" w:rsidRDefault="007242DF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30AA7769" w14:textId="77777777" w:rsidR="007242DF" w:rsidRDefault="007242DF"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0749148E" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="19A64AC1" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc23789762"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219810449"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Evidencias que respaldan la ejecución de actividades</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1B8E8650" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
+    <w:p w14:paraId="1B8E8650" w14:textId="7A104CC5" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:r>
         <w:t>&lt;Se solicita registrar las evidencias en</w:t>
       </w:r>
       <w:r w:rsidR="000F1132">
         <w:t xml:space="preserve"> el Sistema de Apoyo al Proceso de Acreditación (</w:t>
       </w:r>
-      <w:r w:rsidR="000F1132" w:rsidRPr="000F1132">
-[...3 lines deleted...]
-        <w:t>)</w:t>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="003E70C2" w:rsidRPr="00324278">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://secreinf.una.ac.cr/acreditacion/login.php</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003E70C2">
+        <w:t xml:space="preserve"> ). </w:t>
       </w:r>
       <w:r>
-        <w:t>.  En este apartado, favor hacer una breve descripción de las evidencias e indicar si ya están registradas en el Gestor&gt;</w:t>
+        <w:t>En este apartado, favor hacer una breve descripción de las evidencias e indicar si ya están registradas en el Gestor&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C36761" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="7461D68B" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc23789763"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219810450"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Limitaciones y sugerencias</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="68707852" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:r>
         <w:t>&lt;Indicar los aspectos que limitaron las acciones, así como las propuestas. Este apartado es informativo, las gestiones para tramitar lo requerido se debe realizar por los mecanismos formalmente definidos&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC4DC4C" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="444428C6" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="003E130C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc23789764"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219810451"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Formalización del documento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="8828" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1997,155 +2003,160 @@
           </w:tcPr>
           <w:p w14:paraId="4FCE3297" w14:textId="77777777" w:rsidR="00542556" w:rsidRDefault="00542556">
             <w:pPr>
               <w:pStyle w:val="Ttulo1"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FAAD32A" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3"/>
     <w:p w14:paraId="0773F649" w14:textId="77777777" w:rsidR="00BD1FA3" w:rsidRDefault="00BD1FA3" w:rsidP="0004504F"/>
     <w:sectPr w:rsidR="00BD1FA3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD1FA3"/>
     <w:rsid w:val="0004504F"/>
     <w:rsid w:val="000F1132"/>
     <w:rsid w:val="00150316"/>
     <w:rsid w:val="00266E3A"/>
     <w:rsid w:val="003E130C"/>
+    <w:rsid w:val="003E70C2"/>
     <w:rsid w:val="00542556"/>
     <w:rsid w:val="0062349C"/>
+    <w:rsid w:val="00694A51"/>
     <w:rsid w:val="007242DF"/>
+    <w:rsid w:val="00774723"/>
     <w:rsid w:val="00985293"/>
     <w:rsid w:val="00BD1FA3"/>
     <w:rsid w:val="00C206BD"/>
+    <w:rsid w:val="00C53C96"/>
     <w:rsid w:val="00F1467F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2599F729"/>
   <w15:docId w15:val="{47D51015-1151-4AC6-AF21-C397DDE716F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2909,59 +2920,71 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003E130C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003E130C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003E70C2"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secreinf.una.ac.cr/acreditacion/login.php" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3205,65 +3228,65 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjxa4UJR+MBZW7MI82SeMn0QlbS/Q==">AMUW2mUA2h2DgSeRLiVWbZ7wuBixBeAl/HH6AMBUVCEOpx0AgLh1UURXJUN8Y/hY5VaFNmziT4U2oP0B20wSXvoeHi0gMiNVaXyXQlztoAldB3ER+KLhR8+5/5XKBVG70yLbXEwNO5icAItSaClrArsVBO++Ang4BHraT6MTekQZHqBBoa7s8Ic=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>334</Words>
-  <Characters>1838</Characters>
+  <Words>324</Words>
+  <Characters>1967</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>245</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Toshiba</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2168</CharactersWithSpaces>
+  <CharactersWithSpaces>2236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Carmen Cordero</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>