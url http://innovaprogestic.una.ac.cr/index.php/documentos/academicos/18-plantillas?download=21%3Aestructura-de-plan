--- v0 (2025-11-04)
+++ v1 (2026-02-24)
@@ -1,1629 +1,1607 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001E591C" w:rsidRDefault="001E591C">
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6369AB00" w14:textId="7683805B" w:rsidR="00C428DE" w:rsidRDefault="007E4DBF" w:rsidP="007E4DBF">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-          <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="es-CR"/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29D67763" wp14:editId="23AECC89">
-[...7 lines deleted...]
-            <wp:extent cx="2273300" cy="953770"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16785F38" wp14:editId="7C66A536">
+            <wp:extent cx="838200" cy="805481"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapTight wrapText="bothSides">
-[...8 lines deleted...]
-            <wp:docPr id="2" name="Imagen 2"/>
+            <wp:docPr id="283665712" name="Imagen 1" descr="Logotipo, Icono&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="283665712" name="Imagen 1" descr="Logotipo, Icono&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2273300" cy="953770"/>
+                      <a:ext cx="855606" cy="822207"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="67D1FFBB" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRPr="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Universidad Nacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4C95E0" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRPr="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Facultad de Ciencias Exactas y Naturales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1EB69F" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:r w:rsidRPr="00C428DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Escuela de Informática</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4450E287" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="6E0F3D0A" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="59A5AD54" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="1E4009C1" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="007E4DBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C2F0E1" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669FB151" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17625881" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32EA0BCE" w14:textId="50DE54C3" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Propuesta:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>lan de trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D3A77D" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="6DCD5574" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="79542452" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="2C024E42" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="6F81062D" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Comisión:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="43D6E223" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="25AE20DF" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="242FE1C8" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="5BF5762B" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="72C33885" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="465C2B8B" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="58FF5C9F" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="57911388" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
+    <w:p w14:paraId="73A72517" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
+    <w:p w14:paraId="6E46D7A4" w14:textId="77777777" w:rsidR="00C428DE" w:rsidRDefault="00C428DE" w:rsidP="00C428DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES" w:eastAsia="en-US"/>
         </w:rPr>
         <w:id w:val="257107384"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="2ECBAB2F" w14:textId="77777777" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TtuloTDC"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>Contenido</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="5673069C" w14:textId="77777777" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="6EB32FA8" w14:textId="4DB35F30" w:rsidR="00EF7D05" w:rsidRDefault="003B2FB9">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc3809828" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809386" w:history="1">
+            <w:r w:rsidR="00EF7D05" w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
+                <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Introducción</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r w:rsidR="00EF7D05">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r w:rsidR="00EF7D05">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r w:rsidR="00EF7D05">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809386 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EF7D05">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EF7D05">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r w:rsidR="00EF7D05">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r w:rsidR="00EF7D05">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="6B3828EE" w14:textId="3C4A5C56" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809829" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809387" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
+                <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Objetivos</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809387 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="648717B0" w14:textId="22730295" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809830" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809388" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General:</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809388 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="2DA4A410" w14:textId="2131B4FE" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809831" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809389" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Específicos</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809389 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="2036CD96" w14:textId="18170D24" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809832" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809390" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
-                <w:noProof/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00127B46">
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Descripción de las actividades</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809390 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="7179A9D0" w14:textId="462A15E4" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809833" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809391" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
+                <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Cronograma de ejecución</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809391 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00127B46" w:rsidRDefault="001123DB">
+        <w:p w14:paraId="637484D9" w14:textId="484A6F35" w:rsidR="00EF7D05" w:rsidRDefault="00EF7D05">
           <w:pPr>
             <w:pStyle w:val="TDC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8828"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc3809834" w:history="1">
-            <w:r w:rsidR="00127B46" w:rsidRPr="00F27AAD">
+          <w:hyperlink w:anchor="_Toc219809392" w:history="1">
+            <w:r w:rsidRPr="0069345B">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
-                <w:noProof/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00127B46">
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Instrumento de evaluación del impacto de las actividades</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
-[...12 lines deleted...]
-            <w:r w:rsidR="00127B46">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219809392 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00127B46">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+        <w:p w14:paraId="7717FB4F" w14:textId="08197571" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
+    <w:p w14:paraId="6E10EF1F" w14:textId="77777777" w:rsidR="003B2FB9" w:rsidRDefault="003B2FB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330C8E" w:rsidRPr="0030474D" w:rsidRDefault="00981141" w:rsidP="00981141">
+    <w:p w14:paraId="1AB267FB" w14:textId="77777777" w:rsidR="00330C8E" w:rsidRPr="0030474D" w:rsidRDefault="00981141" w:rsidP="00981141">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc3809828"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc219809386"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
-[...41 lines deleted...]
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141">
+    <w:p w14:paraId="494BDB6E" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2DDD3B" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="408D0B35" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF3C3F2" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BB11700" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CC06AF" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65293D71" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRPr="0030474D" w:rsidRDefault="00981141" w:rsidP="00981141">
+    <w:p w14:paraId="7A26F808" w14:textId="77777777" w:rsidR="00981141" w:rsidRPr="0030474D" w:rsidRDefault="00981141" w:rsidP="00981141">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc3809829"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219809387"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Objetivos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
-[...6 lines deleted...]
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+    <w:p w14:paraId="44063EE5" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA7B7ED" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc3809830"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219809388"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>General:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
-[...13 lines deleted...]
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+    <w:p w14:paraId="4347C5AE" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33778219" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AC6C36A" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3809831"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219809389"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Específicos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
-[...13 lines deleted...]
-    <w:p w:rsidR="00981141" w:rsidRDefault="00981141">
+    <w:p w14:paraId="0643742E" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CCC4CD" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA6E03D" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00981141" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
+    <w:p w14:paraId="02F54FFE" w14:textId="42FCCF5E" w:rsidR="00981141" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc3809832"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219809390"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Descripción de las actividades de investigación por nivel (</w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t>Descripción de las actividades</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180A6FDC" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63720152" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
+    <w:p w14:paraId="27A992B0" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc3809833"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219809391"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Cronograma de ejecución</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
-[...6 lines deleted...]
-    <w:p w:rsidR="00A33E28" w:rsidRDefault="00A33E28">
+    <w:p w14:paraId="2F6D32FE" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4A17F0" w14:textId="77777777" w:rsidR="00A33E28" w:rsidRDefault="00A33E28">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E28" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
+    <w:p w14:paraId="3485079D" w14:textId="77AC1D71" w:rsidR="00A33E28" w:rsidRPr="0030474D" w:rsidRDefault="00A33E28" w:rsidP="00A33E28">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc3809834"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc219809392"/>
       <w:r w:rsidRPr="0030474D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Instrumento de evaluación del impacto de las actividades sobre la evolución de las capacidades en la investigación</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> en los estudiantes</w:t>
+        <w:t>Instrumento de evaluación del impacto de las actividades</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-    </w:p>
-[...30 lines deleted...]
-    <w:p w:rsidR="00981141" w:rsidRPr="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:r w:rsidRPr="0030474D">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E81D911" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06714283" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42114D44" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CCE13F4" w14:textId="77777777" w:rsidR="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E040D8" w14:textId="77777777" w:rsidR="00981141" w:rsidRPr="00981141" w:rsidRDefault="00981141" w:rsidP="00981141">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00981141" w:rsidRPr="00981141">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001123DB" w:rsidRDefault="001123DB" w:rsidP="003B2FB9">
+    <w:p w14:paraId="32D4F86C" w14:textId="77777777" w:rsidR="0059766A" w:rsidRDefault="0059766A" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001123DB" w:rsidRDefault="001123DB" w:rsidP="003B2FB9">
+    <w:p w14:paraId="6DDF42FD" w14:textId="77777777" w:rsidR="0059766A" w:rsidRDefault="0059766A" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001123DB" w:rsidRDefault="001123DB" w:rsidP="003B2FB9">
+    <w:p w14:paraId="1A82B616" w14:textId="77777777" w:rsidR="0059766A" w:rsidRDefault="0059766A" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001123DB" w:rsidRDefault="001123DB" w:rsidP="003B2FB9">
+    <w:p w14:paraId="6ED7E772" w14:textId="77777777" w:rsidR="0059766A" w:rsidRDefault="0059766A" w:rsidP="003B2FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E591C"/>
     <w:rsid w:val="000142E3"/>
     <w:rsid w:val="001123DB"/>
     <w:rsid w:val="00127B46"/>
     <w:rsid w:val="001E591C"/>
     <w:rsid w:val="001F27CC"/>
     <w:rsid w:val="0026174C"/>
     <w:rsid w:val="00294FB6"/>
     <w:rsid w:val="0030474D"/>
     <w:rsid w:val="00330C8E"/>
     <w:rsid w:val="003610A1"/>
     <w:rsid w:val="003B2FB9"/>
     <w:rsid w:val="004B1C69"/>
     <w:rsid w:val="00531950"/>
     <w:rsid w:val="00595A90"/>
+    <w:rsid w:val="0059766A"/>
     <w:rsid w:val="007C3F81"/>
+    <w:rsid w:val="007E4DBF"/>
     <w:rsid w:val="00981141"/>
+    <w:rsid w:val="009F3EFD"/>
     <w:rsid w:val="00A33E28"/>
+    <w:rsid w:val="00AA4BA8"/>
+    <w:rsid w:val="00BA381F"/>
     <w:rsid w:val="00C30BF5"/>
     <w:rsid w:val="00C428DE"/>
+    <w:rsid w:val="00D230EC"/>
     <w:rsid w:val="00DD0539"/>
+    <w:rsid w:val="00EF7D05"/>
     <w:rsid w:val="00F97777"/>
     <w:rsid w:val="00FA10E1"/>
     <w:rsid w:val="00FA7E53"/>
     <w:rsid w:val="00FB5FD9"/>
     <w:rsid w:val="00FF03E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="111E5E3B"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1CD2E6FA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FB5E0D0E-E006-4CC5-AE02-92CA82887CF0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1955,50 +1933,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00981141"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -2180,52 +2159,53 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003B2FB9"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B2FB9"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2469,72 +2449,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CCBD2BF-D433-4DEF-9B19-37CE5553BBB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>181</Words>
-  <Characters>997</Characters>
+  <Words>62</Words>
+  <Characters>392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1176</CharactersWithSpaces>
+  <CharactersWithSpaces>435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carmen Cordero</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>